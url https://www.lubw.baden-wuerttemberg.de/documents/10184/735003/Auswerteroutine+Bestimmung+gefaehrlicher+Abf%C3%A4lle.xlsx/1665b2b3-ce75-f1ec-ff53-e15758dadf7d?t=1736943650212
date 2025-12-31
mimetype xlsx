--- v0 (2025-10-02)
+++ v1 (2025-12-31)
@@ -1,92 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr showInkAnnotation="0" defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
+  <workbookPr showInkAnnotation="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\REFERAT 35\35.1 Kreislaufwirtschaft\AVV_Gefährliche Abfälle\Auswerteroutine Gefährlicher Abfall\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{025E6344-74AF-48E0-B940-3D111A0824BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-27975" yWindow="315" windowWidth="24360" windowHeight="13875"/>
+    <workbookView xWindow="-28920" yWindow="-9795" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Auswerteroutine" sheetId="1" r:id="rId1"/>
+    <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_ftn1" localSheetId="0">Auswerteroutine!$B$119</definedName>
-[...2 lines deleted...]
-    <definedName name="Z_E27A5590_77A5_4F7C_B0F4_F559BF8605DD_.wvu.PrintArea" localSheetId="0" hidden="1">Auswerteroutine!$A$1:$H$122</definedName>
+    <definedName name="_ftn1" localSheetId="0">Tabelle1!$B$119</definedName>
+    <definedName name="_ftnref1" localSheetId="0">Tabelle1!$D$74</definedName>
+    <definedName name="Z_E27A5590_77A5_4F7C_B0F4_F559BF8605DD_.wvu.PrintArea" localSheetId="0" hidden="1">Tabelle1!$A$1:$H$122</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Kohl Jürgen - Persönliche Ansicht" guid="{E27A5590-77A5-4F7C-B0F4-F559BF8605DD}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1176" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="H66" i="1" l="1"/>
   <c r="F22" i="1" l="1"/>
   <c r="F111" i="1" l="1"/>
   <c r="F110" i="1"/>
   <c r="F104" i="1"/>
   <c r="F103" i="1"/>
   <c r="F101" i="1"/>
   <c r="F100" i="1"/>
   <c r="F99" i="1"/>
   <c r="F57" i="1"/>
   <c r="F64" i="1"/>
   <c r="F61" i="1"/>
   <c r="F60" i="1"/>
   <c r="F59" i="1"/>
   <c r="F23" i="1"/>
   <c r="F53" i="1"/>
   <c r="F21" i="1"/>
   <c r="F17" i="1"/>
   <c r="H21" i="1" l="1"/>
   <c r="H22" i="1"/>
   <c r="A22" i="1"/>
   <c r="D33" i="1" l="1"/>
   <c r="D34" i="1"/>
   <c r="H109" i="1"/>
   <c r="H108" i="1"/>
   <c r="H107" i="1"/>
@@ -182,51 +188,50 @@
   <c r="F88" i="1"/>
   <c r="H87" i="1"/>
   <c r="F87" i="1"/>
   <c r="H86" i="1"/>
   <c r="F86" i="1"/>
   <c r="H85" i="1"/>
   <c r="F85" i="1"/>
   <c r="H84" i="1"/>
   <c r="F84" i="1"/>
   <c r="H83" i="1"/>
   <c r="F83" i="1"/>
   <c r="H82" i="1"/>
   <c r="F82" i="1"/>
   <c r="H81" i="1"/>
   <c r="F81" i="1"/>
   <c r="H80" i="1"/>
   <c r="F80" i="1"/>
   <c r="H79" i="1"/>
   <c r="F79" i="1"/>
   <c r="H78" i="1"/>
   <c r="F78" i="1"/>
   <c r="H77" i="1"/>
   <c r="F77" i="1"/>
   <c r="H76" i="1"/>
   <c r="H75" i="1"/>
-  <c r="H66" i="1"/>
   <c r="H59" i="1"/>
   <c r="H58" i="1"/>
   <c r="H57" i="1"/>
   <c r="H53" i="1"/>
   <c r="H52" i="1"/>
   <c r="H51" i="1"/>
   <c r="H50" i="1"/>
   <c r="H20" i="1"/>
   <c r="F20" i="1"/>
   <c r="H19" i="1"/>
   <c r="A60" i="1" l="1"/>
   <c r="A59" i="1"/>
   <c r="A57" i="1"/>
   <c r="A53" i="1"/>
   <c r="A115" i="1" l="1"/>
   <c r="E115" i="1" s="1"/>
   <c r="H115" i="1" s="1"/>
   <c r="H121" i="1" l="1"/>
   <c r="H120" i="1"/>
   <c r="B120" i="1" s="1"/>
   <c r="F115" i="1"/>
   <c r="B121" i="1" l="1"/>
 </calcChain>
 </file>
 
@@ -857,51 +862,51 @@
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Methodisch bedingt können bei der MKW-Analytik insbesondere Bitumen- und Kunststoff-Anteile im Abfall falsch-positive Befunde bewirken (s. LAGA KW/04). </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="51">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1016,56 +1021,50 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF7030A0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10.5"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1201,50 +1200,57 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1306,51 +1312,51 @@
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="medium">
         <color theme="4"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom style="medium">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="122">
+  <cellXfs count="120">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
@@ -1384,237 +1390,213 @@
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="16" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="16" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="16" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="16" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="16" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="16" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="24" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="4" fontId="23" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="36" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="35" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="2" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="2" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
-[...15 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
@@ -1627,132 +1609,165 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="16" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="47" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...13 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="40" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="40" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="38" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="38" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="38" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="90">
+  <dxfs count="67">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="9" tint="0.39994506668294322"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
@@ -1831,50 +1846,60 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
@@ -1901,80 +1926,132 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color rgb="FF9C6500"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFEB9C"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="7"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
@@ -2011,688 +2088,385 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <color theme="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="7"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="7"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
-        </patternFill>
-[...537 lines deleted...]
-          <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFC7CE"/>
       <color rgb="FFC5EFCE"/>
       <color rgb="FFE4F8E8"/>
       <color rgb="FFC6EFCE"/>
       <color rgb="FF006100"/>
       <color rgb="FF9C0006"/>
       <color rgb="FF00CC00"/>
       <color rgb="FF99FF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>241879</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>33618</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>1725701</xdr:colOff>
+      <xdr:colOff>1731416</xdr:colOff>
       <xdr:row>125</xdr:row>
-      <xdr:rowOff>176320</xdr:rowOff>
+      <xdr:rowOff>168700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1" descr="LUBW-Logo" title="LUBW-Logo"/>
+        <xdr:cNvPr id="2" name="Grafik 1" descr="LUBW-Logo" title="LUBW-Logo">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="10192703" y="25123589"/>
           <a:ext cx="1483822" cy="523702"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
@@ -2946,3211 +2720,3039 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J212"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:J171"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="F75" sqref="F75"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.28515625" customWidth="1"/>
+    <col min="1" max="1" width="4.33203125" customWidth="1"/>
+    <col min="2" max="2" width="44.88671875" customWidth="1"/>
+    <col min="3" max="3" width="18.33203125" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
-    <col min="5" max="5" width="16.42578125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="11.42578125" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="16.44140625" customWidth="1"/>
+    <col min="6" max="6" width="54.6640625" customWidth="1"/>
+    <col min="7" max="7" width="41.5546875" customWidth="1"/>
+    <col min="8" max="8" width="3.5546875" style="119" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="11.44140625" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
-    <col min="11" max="16384" width="11.42578125" hidden="1"/>
+    <col min="11" max="16384" width="11.44140625" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="38.25" customHeight="1">
-      <c r="A1" s="92" t="s">
+      <c r="A1" s="83" t="s">
         <v>111</v>
       </c>
-      <c r="B1" s="92"/>
-[...8 lines deleted...]
-      <c r="A2" s="110" t="s">
+      <c r="B1" s="83"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="83"/>
+      <c r="E1" s="83"/>
+      <c r="F1" s="83"/>
+      <c r="G1" s="83"/>
+      <c r="H1" s="108"/>
+    </row>
+    <row r="2" spans="1:8" ht="15.6">
+      <c r="A2" s="100" t="s">
         <v>126</v>
       </c>
-      <c r="B2" s="92"/>
-[...8 lines deleted...]
-      <c r="A3" s="110" t="s">
+      <c r="B2" s="83"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="108"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.6">
+      <c r="A3" s="100" t="s">
         <v>114</v>
       </c>
-      <c r="B3" s="92"/>
-[...8 lines deleted...]
-      <c r="A4" s="110" t="s">
+      <c r="B3" s="83"/>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="83"/>
+      <c r="F3" s="83"/>
+      <c r="G3" s="83"/>
+      <c r="H3" s="108"/>
+    </row>
+    <row r="4" spans="1:8" ht="15.6">
+      <c r="A4" s="100" t="s">
         <v>122</v>
       </c>
-      <c r="B4" s="92"/>
-[...8 lines deleted...]
-      <c r="A5" s="110" t="s">
+      <c r="B4" s="83"/>
+      <c r="C4" s="83"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="83"/>
+      <c r="F4" s="83"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="108"/>
+    </row>
+    <row r="5" spans="1:8" s="86" customFormat="1" ht="15.6">
+      <c r="A5" s="100" t="s">
         <v>109</v>
       </c>
-      <c r="B5" s="94"/>
-[...8 lines deleted...]
-      <c r="A6" s="110" t="s">
+      <c r="B5" s="85"/>
+      <c r="C5" s="85"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="78"/>
+      <c r="H5" s="109"/>
+    </row>
+    <row r="6" spans="1:8" s="86" customFormat="1" ht="15.6">
+      <c r="A6" s="100" t="s">
         <v>110</v>
       </c>
-      <c r="B6" s="94"/>
-[...8 lines deleted...]
-      <c r="A7" s="110" t="s">
+      <c r="B6" s="85"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="85"/>
+      <c r="E6" s="85"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="78"/>
+      <c r="H6" s="109"/>
+    </row>
+    <row r="7" spans="1:8" s="86" customFormat="1" ht="15.6">
+      <c r="A7" s="100" t="s">
         <v>129</v>
       </c>
-      <c r="B7" s="94"/>
-[...8 lines deleted...]
-      <c r="A8" s="110" t="s">
+      <c r="B7" s="85"/>
+      <c r="C7" s="85"/>
+      <c r="D7" s="85"/>
+      <c r="E7" s="85"/>
+      <c r="F7" s="85"/>
+      <c r="G7" s="78"/>
+      <c r="H7" s="109"/>
+    </row>
+    <row r="8" spans="1:8" s="86" customFormat="1" ht="15.6">
+      <c r="A8" s="100" t="s">
         <v>128</v>
       </c>
-      <c r="B8" s="94"/>
-[...8 lines deleted...]
-      <c r="A9" s="110" t="s">
+      <c r="B8" s="85"/>
+      <c r="C8" s="85"/>
+      <c r="D8" s="85"/>
+      <c r="E8" s="85"/>
+      <c r="F8" s="85"/>
+      <c r="G8" s="78"/>
+      <c r="H8" s="109"/>
+    </row>
+    <row r="9" spans="1:8" s="86" customFormat="1" ht="15.6">
+      <c r="A9" s="100" t="s">
         <v>113</v>
       </c>
-      <c r="B9" s="94"/>
-[...8 lines deleted...]
-      <c r="A10" s="110" t="s">
+      <c r="B9" s="85"/>
+      <c r="C9" s="85"/>
+      <c r="D9" s="85"/>
+      <c r="E9" s="85"/>
+      <c r="F9" s="85"/>
+      <c r="G9" s="78"/>
+      <c r="H9" s="109"/>
+    </row>
+    <row r="10" spans="1:8" s="86" customFormat="1" ht="15.6">
+      <c r="A10" s="100" t="s">
         <v>112</v>
       </c>
-      <c r="B10" s="94"/>
-[...18 lines deleted...]
-      <c r="A12" s="101" t="s">
+      <c r="B10" s="85"/>
+      <c r="C10" s="85"/>
+      <c r="D10" s="85"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="85"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="109"/>
+    </row>
+    <row r="11" spans="1:8" s="86" customFormat="1" ht="15.6">
+      <c r="A11" s="84"/>
+      <c r="B11" s="85"/>
+      <c r="C11" s="85"/>
+      <c r="D11" s="85"/>
+      <c r="E11" s="85"/>
+      <c r="F11" s="85"/>
+      <c r="G11" s="78"/>
+      <c r="H11" s="109"/>
+    </row>
+    <row r="12" spans="1:8" s="86" customFormat="1" ht="15.6">
+      <c r="A12" s="92" t="s">
         <v>123</v>
       </c>
-      <c r="B12" s="62"/>
-[...5 lines deleted...]
-      <c r="H12" s="45"/>
+      <c r="B12" s="58"/>
+      <c r="C12" s="85"/>
+      <c r="D12" s="85"/>
+      <c r="E12" s="85"/>
+      <c r="F12" s="85"/>
+      <c r="G12" s="78"/>
+      <c r="H12" s="109"/>
     </row>
     <row r="13" spans="1:8" ht="9" customHeight="1">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
-      <c r="C13" s="46"/>
-[...6 lines deleted...]
-    <row r="14" spans="1:8" ht="15.75">
+      <c r="C13" s="42"/>
+      <c r="D13" s="52"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="44"/>
+      <c r="G13" s="49"/>
+      <c r="H13" s="110"/>
+    </row>
+    <row r="14" spans="1:8" ht="15.6">
       <c r="A14" s="5"/>
       <c r="B14" s="5"/>
-      <c r="C14" s="46" t="s">
+      <c r="C14" s="42" t="s">
         <v>91</v>
       </c>
       <c r="D14" s="5"/>
-      <c r="E14" s="47" t="s">
+      <c r="E14" s="43" t="s">
         <v>33</v>
       </c>
-      <c r="F14" s="48" t="s">
+      <c r="F14" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="G14" s="49"/>
-      <c r="H14" s="79"/>
+      <c r="G14" s="45"/>
+      <c r="H14" s="111"/>
     </row>
     <row r="15" spans="1:8" ht="15" customHeight="1">
-      <c r="A15" s="50" t="s">
+      <c r="A15" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
-      <c r="H15" s="79"/>
-[...2 lines deleted...]
-      <c r="A16" s="59"/>
+      <c r="H15" s="111"/>
+    </row>
+    <row r="16" spans="1:8" ht="15" thickBot="1">
+      <c r="A16" s="55"/>
       <c r="B16" s="5"/>
-      <c r="C16" s="51" t="s">
+      <c r="C16" s="47" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="5"/>
-      <c r="E16" s="52" t="s">
+      <c r="E16" s="48" t="s">
         <v>93</v>
       </c>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
-      <c r="H16" s="79"/>
-[...3 lines deleted...]
-      <c r="B17" s="36" t="s">
+      <c r="H16" s="111"/>
+    </row>
+    <row r="17" spans="1:8" s="29" customFormat="1" ht="15" thickBot="1">
+      <c r="A17" s="55"/>
+      <c r="B17" s="33" t="s">
         <v>103</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="D17" s="89"/>
-      <c r="E17" s="31"/>
+      <c r="D17" s="80"/>
+      <c r="E17" s="28"/>
       <c r="F17" s="16" t="str">
         <f>IF((E17)="","keine Bewertung möglich",IF((E17)&lt;200,"HP 7 eingehalten",IF((E17)&gt;=200,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G17" s="53"/>
-      <c r="H17" s="80" t="str">
+      <c r="G17" s="49"/>
+      <c r="H17" s="110" t="str">
         <f>IF((E17)="","0",IF((E17)&gt;=(200),IF((E17)&lt;(200),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:8" s="32" customFormat="1" ht="15" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-      <c r="B18" s="36" t="s">
+    <row r="18" spans="1:8" s="29" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="A18" s="55"/>
+      <c r="B18" s="33" t="s">
         <v>104</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="D18" s="91"/>
-      <c r="E18" s="31"/>
+      <c r="D18" s="82"/>
+      <c r="E18" s="28"/>
       <c r="F18" s="16" t="str">
         <f>IF((E18)="","keine Bewertung möglich",IF((E18)&lt;1000,"HP 7 eingehalten",IF((E18)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G18" s="53"/>
-      <c r="H18" s="80" t="str">
+      <c r="G18" s="49"/>
+      <c r="H18" s="110" t="str">
         <f>IF((E18)="","0",IF((E18)&gt;=(1000),IF((E18)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:8" s="32" customFormat="1" ht="15" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-      <c r="B19" s="36" t="s">
+    <row r="19" spans="1:8" s="29" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="A19" s="55"/>
+      <c r="B19" s="33" t="s">
         <v>105</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="D19" s="91"/>
-      <c r="E19" s="31"/>
+      <c r="D19" s="82"/>
+      <c r="E19" s="28"/>
       <c r="F19" s="16" t="str">
         <f>IF((E19)="","keine Bewertung möglich",IF((E19)&lt;500,"HP 7 eingehalten",IF((E19)&gt;=500,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G19" s="53"/>
-      <c r="H19" s="80" t="str">
+      <c r="G19" s="49"/>
+      <c r="H19" s="110" t="str">
         <f>IF((E19)="","0",IF((E19)&gt;=(50),IF((E19)&lt;(50),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:8" s="32" customFormat="1" ht="15" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-      <c r="B20" s="36" t="s">
+    <row r="20" spans="1:8" s="29" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="A20" s="55"/>
+      <c r="B20" s="33" t="s">
         <v>106</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="D20" s="91"/>
-      <c r="E20" s="31"/>
+      <c r="D20" s="82"/>
+      <c r="E20" s="28"/>
       <c r="F20" s="16" t="str">
         <f>IF((E20)="","keine Bewertung möglich",IF((E20)&lt;1000,"HP 7 eingehalten",IF((E20)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G20" s="53"/>
-      <c r="H20" s="80" t="str">
+      <c r="G20" s="49"/>
+      <c r="H20" s="110" t="str">
         <f>IF((E20)="","0",IF((E20)&gt;=(1000),IF((E20)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:8" s="32" customFormat="1" ht="15" customHeight="1" thickBot="1">
-      <c r="A21" s="59">
+    <row r="21" spans="1:8" s="29" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="A21" s="55">
         <f>IF((E21&gt;=999.5),E21,0)</f>
         <v>0</v>
       </c>
-      <c r="B21" s="117" t="s">
+      <c r="B21" s="107" t="s">
         <v>107</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="16"/>
-      <c r="E21" s="29"/>
+      <c r="E21" s="26"/>
       <c r="F21" s="16" t="str">
         <f>IF((E21)="","keine Bewertung möglich",IF((E21)&lt;1000,IF((E21)&lt;1000,"HP 7 und Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 7 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G21" s="20"/>
-      <c r="H21" s="80" t="str">
+      <c r="H21" s="110" t="str">
         <f>IF((E21)="","0",IF((E21)&gt;=(1000),IF((E21)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:8" s="32" customFormat="1" ht="15" customHeight="1" thickBot="1">
-      <c r="A22" s="59">
+    <row r="22" spans="1:8" s="29" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="A22" s="55">
         <f>IF((E22&gt;=999.5),E22,0)</f>
         <v>0</v>
       </c>
-      <c r="B22" s="117"/>
+      <c r="B22" s="107"/>
       <c r="C22" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D22" s="16"/>
-      <c r="E22" s="29"/>
+      <c r="E22" s="26"/>
       <c r="F22" s="16" t="str">
         <f>IF((E22)="","keine Bewertung möglich",IF((E22)&lt;2500,IF((E22)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 7 und HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G22" s="20"/>
-      <c r="H22" s="80" t="str">
+      <c r="H22" s="110" t="str">
         <f>IF((E22)="","0",IF((E22)&gt;=(2500),IF((E22)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:8" s="32" customFormat="1" ht="15" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-      <c r="B23" s="37" t="s">
+    <row r="23" spans="1:8" s="29" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="A23" s="55"/>
+      <c r="B23" s="34" t="s">
         <v>69</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D23" s="16"/>
-      <c r="E23" s="29"/>
+      <c r="E23" s="26"/>
       <c r="F23" s="16" t="str">
         <f>IF((E23)="","keine Bewertung möglich",IF((E23)&lt;1000,"HP 7, HP 11 und Berücksichtigungsgrenzwert HP 14 eingehalten",IF((E23)&gt;=1000,"Gefährlichkeitskriterium HP 7, HP 11 und HP 14 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G23" s="20"/>
-      <c r="H23" s="80" t="str">
+      <c r="H23" s="110" t="str">
         <f>IF((E23)="","0",IF((E23)&gt;=(1000),IF((E23)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="9" customHeight="1">
       <c r="A24" s="5"/>
       <c r="B24" s="5"/>
-      <c r="C24" s="46"/>
-[...8 lines deleted...]
-      <c r="B25" s="116" t="s">
+      <c r="C24" s="42"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="43"/>
+      <c r="F24" s="44"/>
+      <c r="G24" s="49"/>
+      <c r="H24" s="110"/>
+    </row>
+    <row r="25" spans="1:8" s="95" customFormat="1" ht="15">
+      <c r="A25" s="94"/>
+      <c r="B25" s="106" t="s">
         <v>130</v>
       </c>
-      <c r="C25" s="107"/>
-[...8 lines deleted...]
-      <c r="B26" s="112" t="s">
+      <c r="C25" s="97"/>
+      <c r="D25" s="97"/>
+      <c r="E25" s="97"/>
+      <c r="F25" s="97"/>
+      <c r="G25" s="97"/>
+      <c r="H25" s="112"/>
+    </row>
+    <row r="26" spans="1:8" s="95" customFormat="1" ht="17.25" customHeight="1">
+      <c r="A26" s="94"/>
+      <c r="B26" s="101" t="s">
         <v>117</v>
       </c>
-      <c r="C26" s="107"/>
-[...8 lines deleted...]
-      <c r="B27" s="116" t="s">
+      <c r="C26" s="97"/>
+      <c r="D26" s="97"/>
+      <c r="E26" s="97"/>
+      <c r="F26" s="97"/>
+      <c r="G26" s="97"/>
+      <c r="H26" s="112"/>
+    </row>
+    <row r="27" spans="1:8" s="95" customFormat="1" ht="17.25" customHeight="1">
+      <c r="A27" s="94"/>
+      <c r="B27" s="106" t="s">
         <v>131</v>
       </c>
-      <c r="C27" s="107"/>
-[...8 lines deleted...]
-      <c r="B28" s="119" t="s">
+      <c r="C27" s="97"/>
+      <c r="D27" s="97"/>
+      <c r="E27" s="97"/>
+      <c r="F27" s="97"/>
+      <c r="G27" s="97"/>
+      <c r="H27" s="112"/>
+    </row>
+    <row r="28" spans="1:8" s="95" customFormat="1">
+      <c r="A28" s="94"/>
+      <c r="B28" s="101" t="s">
         <v>118</v>
       </c>
-      <c r="C28" s="120"/>
-[...8 lines deleted...]
-      <c r="B29" s="112" t="s">
+      <c r="C28" s="97"/>
+      <c r="D28" s="97"/>
+      <c r="E28" s="97"/>
+      <c r="F28" s="97"/>
+      <c r="G28" s="97"/>
+      <c r="H28" s="112"/>
+    </row>
+    <row r="29" spans="1:8" s="95" customFormat="1" ht="17.25" customHeight="1">
+      <c r="A29" s="94"/>
+      <c r="B29" s="101" t="s">
         <v>119</v>
       </c>
-      <c r="C29" s="107"/>
-[...4 lines deleted...]
-      <c r="H29" s="104"/>
+      <c r="C29" s="97"/>
+      <c r="D29" s="97"/>
+      <c r="E29" s="97"/>
+      <c r="F29" s="97"/>
+      <c r="G29" s="97"/>
+      <c r="H29" s="112"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
-      <c r="B30" s="55"/>
-[...5 lines deleted...]
-      <c r="H30" s="80"/>
+      <c r="B30" s="51"/>
+      <c r="C30" s="51"/>
+      <c r="D30" s="51"/>
+      <c r="E30" s="51"/>
+      <c r="F30" s="51"/>
+      <c r="G30" s="51"/>
+      <c r="H30" s="110"/>
     </row>
     <row r="31" spans="1:8">
-      <c r="A31" s="50" t="s">
+      <c r="A31" s="46" t="s">
         <v>1</v>
       </c>
-      <c r="B31" s="50"/>
-[...1 lines deleted...]
-      <c r="D31" s="113"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="52"/>
+      <c r="D31" s="104"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
-      <c r="H31" s="80"/>
-[...4 lines deleted...]
-      <c r="C32" s="51" t="s">
+      <c r="H31" s="110"/>
+    </row>
+    <row r="32" spans="1:8" ht="29.4" thickBot="1">
+      <c r="A32" s="46"/>
+      <c r="B32" s="52"/>
+      <c r="C32" s="47" t="s">
         <v>55</v>
       </c>
-      <c r="D32" s="96" t="s">
+      <c r="D32" s="87" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="5"/>
       <c r="G32" s="5"/>
-      <c r="H32" s="80"/>
-[...3 lines deleted...]
-      <c r="B33" s="34" t="s">
+      <c r="H32" s="110"/>
+    </row>
+    <row r="33" spans="1:8" s="104" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="A33" s="46"/>
+      <c r="B33" s="31" t="s">
         <v>2</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>56</v>
       </c>
-      <c r="D33" s="40">
+      <c r="D33" s="37">
         <f>E33</f>
         <v>0</v>
       </c>
-      <c r="E33" s="39"/>
+      <c r="E33" s="36"/>
       <c r="F33" s="3" t="str">
         <f>IF((E33)="","keine Bewertung möglich",IF((E33)&lt;50.5,"HP 15 eingehalten",IF((E33)&gt;=50.5,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G33" s="5"/>
-      <c r="H33" s="80" t="str">
+      <c r="H33" s="110" t="str">
         <f>IF((E33)="","0",IF((E33)&gt;=(50.5),IF((E33)&lt;(50.5),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B34" s="34" t="s">
+    <row r="34" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
+      <c r="A34" s="46"/>
+      <c r="B34" s="31" t="s">
         <v>3</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>57</v>
       </c>
-      <c r="D34" s="41">
+      <c r="D34" s="38">
         <f t="shared" ref="D34:D46" si="0">E34</f>
         <v>0</v>
       </c>
-      <c r="E34" s="39"/>
+      <c r="E34" s="36"/>
       <c r="F34" s="3" t="str">
         <f>IF((E34)="","keine Bewertung möglich",IF((E34)&lt;0.25,"HP 15 eingehalten",IF((E34)&gt;=0.25,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G34" s="5"/>
-      <c r="H34" s="80" t="str">
+      <c r="H34" s="110" t="str">
         <f>IF((E34)="","0",IF((E34)&gt;=(0.25),IF((E34)&lt;(0.25),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B35" s="34" t="s">
+    <row r="35" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
+      <c r="A35" s="46"/>
+      <c r="B35" s="31" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D35" s="42">
+      <c r="D35" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E35" s="39"/>
+      <c r="E35" s="36"/>
       <c r="F35" s="3" t="str">
         <f>IF((E35)="","keine Bewertung möglich",IF((E35)&lt;1.5,"HP 15 eingehalten",IF((E35)&gt;=1.5,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G35" s="5"/>
-      <c r="H35" s="80" t="str">
+      <c r="H35" s="110" t="str">
         <f>IF((E35)="","0",IF((E35)&gt;=(1.5),IF((E35)&lt;(1.5),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B36" s="34" t="s">
+    <row r="36" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
+      <c r="A36" s="46"/>
+      <c r="B36" s="31" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>59</v>
       </c>
-      <c r="D36" s="41">
+      <c r="D36" s="38">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E36" s="39"/>
+      <c r="E36" s="36"/>
       <c r="F36" s="3" t="str">
         <f>IF((E36)="","keine Bewertung möglich",IF((E36)&lt;0.15,"HP 15 eingehalten",IF((E36)&gt;=0.15,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G36" s="5"/>
-      <c r="H36" s="80" t="str">
+      <c r="H36" s="110" t="str">
         <f>IF((E36)="","0",IF((E36)&gt;=(0.15),IF((E36)&lt;(0.15),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B37" s="34" t="s">
+    <row r="37" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
+      <c r="A37" s="46"/>
+      <c r="B37" s="31" t="s">
         <v>6</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="D37" s="42">
+      <c r="D37" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E37" s="39"/>
+      <c r="E37" s="36"/>
       <c r="F37" s="3" t="str">
         <f>IF((E37)="","keine Bewertung möglich",IF((E37)&lt;5.5,"HP 15 eingehalten",IF((E37)&gt;=5.5,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G37" s="5"/>
-      <c r="H37" s="80" t="str">
+      <c r="H37" s="110" t="str">
         <f>IF((E37)="","0",IF((E37)&gt;=(5.5),IF((E37)&lt;(5.5),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B38" s="34" t="s">
+    <row r="38" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
+      <c r="A38" s="46"/>
+      <c r="B38" s="31" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D38" s="42">
+      <c r="D38" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E38" s="39"/>
+      <c r="E38" s="36"/>
       <c r="F38" s="3" t="str">
         <f>IF((E38)="","keine Bewertung möglich",IF((E38)&lt;1.5,"HP 15 eingehalten",IF((E38)&gt;=1.5,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G38" s="5"/>
-      <c r="H38" s="80" t="str">
+      <c r="H38" s="110" t="str">
         <f>IF((E38)="","0",IF((E38)&gt;=(1.5),IF((E38)&lt;(1.5),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B39" s="35" t="s">
+    <row r="39" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
+      <c r="A39" s="46"/>
+      <c r="B39" s="32" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="D39" s="43">
+      <c r="D39" s="40">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E39" s="39"/>
+      <c r="E39" s="36"/>
       <c r="F39" s="3" t="str">
         <f>IF((E39)="","keine Bewertung möglich",IF((E39)&lt;0.025,"HP 15 eingehalten",IF((E39)&gt;=0.025,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G39" s="5"/>
-      <c r="H39" s="80" t="str">
+      <c r="H39" s="110" t="str">
         <f>IF((E39)="","0",IF((E39)&gt;=(0.025),IF((E39)&lt;(0.025),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B40" s="34" t="s">
+    <row r="40" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
+      <c r="A40" s="46"/>
+      <c r="B40" s="31" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="D40" s="42">
+      <c r="D40" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E40" s="39"/>
+      <c r="E40" s="36"/>
       <c r="F40" s="3" t="str">
         <f>IF((E40)="","keine Bewertung möglich",IF((E40)&lt;5.5,"HP 15 eingehalten",IF((E40)&gt;=5.5,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G40" s="5"/>
-      <c r="H40" s="80" t="str">
+      <c r="H40" s="110" t="str">
         <f>IF((E40)="","0",IF((E40)&gt;=(5.5),IF((E40)&lt;(5.5),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
+    <row r="41" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
       <c r="A41" s="5"/>
-      <c r="B41" s="34" t="s">
+      <c r="B41" s="31" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="D41" s="41">
+      <c r="D41" s="38">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E41" s="39"/>
+      <c r="E41" s="36"/>
       <c r="F41" s="3" t="str">
         <f>IF((E41)="","keine Bewertung möglich",IF((E41)&lt;0.55,"HP 15 eingehalten",IF((E41)&gt;=0.55,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G41" s="5"/>
-      <c r="H41" s="80" t="str">
+      <c r="H41" s="110" t="str">
         <f>IF((E41)="","0",IF((E41)&gt;=(0.55),IF((E41)&lt;(0.55),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
+    <row r="42" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
       <c r="A42" s="5"/>
-      <c r="B42" s="34" t="s">
+      <c r="B42" s="31" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="D42" s="42">
+      <c r="D42" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E42" s="39"/>
+      <c r="E42" s="36"/>
       <c r="F42" s="3" t="str">
         <f>IF((E42)="","keine Bewertung möglich",IF((E42)&lt;10.5,"HP 15 eingehalten",IF((E42)&gt;=10.5,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G42" s="5"/>
-      <c r="H42" s="80" t="str">
+      <c r="H42" s="110" t="str">
         <f>IF((E42)="","0",IF((E42)&gt;=(10.5),IF((E42)&lt;(10.5),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
+    <row r="43" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
       <c r="A43" s="5"/>
-      <c r="B43" s="34" t="s">
+      <c r="B43" s="31" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D43" s="42">
+      <c r="D43" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E43" s="39"/>
+      <c r="E43" s="36"/>
       <c r="F43" s="3" t="str">
         <f>IF((E43)="","keine Bewertung möglich",IF((E43)&lt;1.5,"HP 15 eingehalten",IF((E43)&gt;=1.5,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G43" s="5"/>
-      <c r="H43" s="80" t="str">
+      <c r="H43" s="110" t="str">
         <f>IF((E43)="","0",IF((E43)&gt;=(1.5),IF((E43)&lt;(1.5),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
+    <row r="44" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
       <c r="A44" s="5"/>
-      <c r="B44" s="34" t="s">
+      <c r="B44" s="31" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D44" s="42">
+      <c r="D44" s="39">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E44" s="39"/>
+      <c r="E44" s="36"/>
       <c r="F44" s="3" t="str">
         <f>IF((E44)="","keine Bewertung möglich",IF((E44)&lt;1.5,"HP 15 eingehalten",IF((E44)&gt;=1.5,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G44" s="5"/>
-      <c r="H44" s="80" t="str">
+      <c r="H44" s="110" t="str">
         <f>IF((E44)="","0",IF((E44)&gt;=(1.5),IF((E44)&lt;(1.5),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
+    <row r="45" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
       <c r="A45" s="5"/>
-      <c r="B45" s="34" t="s">
+      <c r="B45" s="31" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="14" t="s">
         <v>64</v>
       </c>
-      <c r="D45" s="43">
+      <c r="D45" s="40">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E45" s="39"/>
+      <c r="E45" s="36"/>
       <c r="F45" s="3" t="str">
         <f>IF((E45)="","keine Bewertung möglich",IF((E45)&lt;0.075,"HP 15 eingehalten",IF((E45)&gt;=0.075,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G45" s="5"/>
-      <c r="H45" s="80" t="str">
+      <c r="H45" s="110" t="str">
         <f>IF((E45)="","0",IF((E45)&gt;=(0.075),IF((E45)&lt;(0.075),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:8" s="113" customFormat="1" ht="15.75" thickBot="1">
+    <row r="46" spans="1:8" s="104" customFormat="1" ht="15" thickBot="1">
       <c r="A46" s="5"/>
-      <c r="B46" s="34" t="s">
+      <c r="B46" s="31" t="s">
         <v>15</v>
       </c>
       <c r="C46" s="14" t="s">
         <v>65</v>
       </c>
-      <c r="D46" s="44">
+      <c r="D46" s="41">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E46" s="39"/>
+      <c r="E46" s="36"/>
       <c r="F46" s="3" t="str">
         <f>IF((E46)="","keine Bewertung möglich",IF((E46)&lt;0.055,"HP 15 eingehalten",IF((E46)&gt;=0.055,"Gefährlichkeitskriterium HP 15 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G46" s="5"/>
-      <c r="H46" s="80" t="str">
+      <c r="H46" s="110" t="str">
         <f>IF((E46)="","0",IF((E46)&gt;=(0.055),IF((E46)&lt;(0.055),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
-      <c r="B47" s="50"/>
-      <c r="C47" s="70"/>
+      <c r="B47" s="46"/>
+      <c r="C47" s="66"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
       <c r="F47" s="5"/>
       <c r="G47" s="5"/>
-      <c r="H47" s="80"/>
+      <c r="H47" s="110"/>
     </row>
     <row r="48" spans="1:8" ht="15" customHeight="1">
-      <c r="A48" s="50" t="s">
+      <c r="A48" s="46" t="s">
         <v>47</v>
       </c>
-      <c r="B48" s="50"/>
-[...1 lines deleted...]
-      <c r="D48" s="50"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="52"/>
+      <c r="D48" s="46"/>
       <c r="E48" s="5"/>
       <c r="F48" s="5"/>
-      <c r="G48" s="97" t="s">
+      <c r="G48" s="88" t="s">
         <v>43</v>
       </c>
-      <c r="H48" s="81"/>
-[...4 lines deleted...]
-      <c r="C49" s="51" t="s">
+      <c r="H48" s="113"/>
+    </row>
+    <row r="49" spans="1:8" ht="15" thickBot="1">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="47" t="s">
         <v>50</v>
       </c>
       <c r="D49" s="5"/>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
-      <c r="G49" s="76" t="s">
+      <c r="G49" s="72" t="s">
         <v>44</v>
       </c>
-      <c r="H49" s="80"/>
-[...3 lines deleted...]
-      <c r="B50" s="34" t="s">
+      <c r="H49" s="110"/>
+    </row>
+    <row r="50" spans="1:8" ht="15" thickBot="1">
+      <c r="A50" s="56"/>
+      <c r="B50" s="31" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="12"/>
       <c r="F50" s="3" t="str">
         <f>IF((E50)="","keine Bewertung möglich",IF((E50)&lt;10000,"HP 7 eingehalten",IF((E50)&gt;=10000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G50" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="H50" s="80" t="str">
+      <c r="H50" s="110" t="str">
         <f>IF((E50)="","0",IF((E50)&gt;=(10000),IF((E50)&lt;(10000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:8" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B51" s="34" t="s">
+    <row r="51" spans="1:8" ht="15" thickBot="1">
+      <c r="A51" s="56"/>
+      <c r="B51" s="31" t="s">
         <v>3</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="12"/>
       <c r="F51" s="3" t="str">
         <f>IF((E51)="","keine Bewertung möglich",IF((E51)&lt;1000,"HP 7 eingehalten",IF((E51)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G51" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="H51" s="80" t="str">
+      <c r="H51" s="110" t="str">
         <f>IF((E51)="","0",IF((E51)&gt;=(1000),IF((E51)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:8" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B52" s="34" t="s">
+    <row r="52" spans="1:8" ht="15" thickBot="1">
+      <c r="A52" s="56"/>
+      <c r="B52" s="31" t="s">
         <v>16</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="12"/>
       <c r="F52" s="3" t="str">
         <f>IF((E52)="","keine Bewertung möglich",IF((E52)&lt;1000,"HP 7 eingehalten",IF((E52)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G52" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="H52" s="80" t="str">
+      <c r="H52" s="110" t="str">
         <f>IF((E52)="","0",IF((E52)&gt;=(1000),IF((E52)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A53" s="61">
+    <row r="53" spans="1:8" ht="15" thickBot="1">
+      <c r="A53" s="57">
         <f>IF((E53&gt;=999.5),E53,0)</f>
         <v>0</v>
       </c>
-      <c r="B53" s="35" t="s">
+      <c r="B53" s="32" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="12"/>
       <c r="F53" s="16" t="str">
         <f>IF((E53)="","keine Bewertung möglich",IF((E53)&lt;2500,IF((E53)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G53" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="H53" s="80" t="str">
+      <c r="H53" s="110" t="str">
         <f>IF((E53)="","0",IF((E53)&gt;=(2500),IF((E53)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:8" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B54" s="35" t="s">
+    <row r="54" spans="1:8" ht="15" thickBot="1">
+      <c r="A54" s="57"/>
+      <c r="B54" s="32" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="12"/>
       <c r="F54" s="3" t="str">
         <f>IF((E54)="","keine Bewertung möglich",IF((E54)&lt;1000,"HP 7 eingehalten",IF((E54)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G54" s="16" t="s">
         <v>42</v>
       </c>
-      <c r="H54" s="80" t="str">
+      <c r="H54" s="110" t="str">
         <f>IF((E54)="","0",IF((E54)&gt;=(1000),IF((E54)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:8" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B55" s="35" t="s">
+    <row r="55" spans="1:8" ht="15" thickBot="1">
+      <c r="A55" s="57"/>
+      <c r="B55" s="32" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="12"/>
       <c r="F55" s="3" t="str">
         <f>IF((E55)="","keine Bewertung möglich",IF((E55)&lt;1000,"HP 7 eingehalten",IF((E55)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G55" s="16" t="s">
         <v>40</v>
       </c>
-      <c r="H55" s="80" t="str">
+      <c r="H55" s="110" t="str">
         <f>IF((E55)="","0",IF((E55)&gt;=(1000),IF((E55)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:8" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B56" s="35" t="s">
+    <row r="56" spans="1:8" ht="15" thickBot="1">
+      <c r="A56" s="57"/>
+      <c r="B56" s="32" t="s">
         <v>18</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="12"/>
       <c r="F56" s="3" t="str">
         <f>IF((E56)="","keine Bewertung möglich",IF((E56)&lt;1000,"HP 7 eingehalten",IF((E56)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G56" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="H56" s="80" t="str">
+      <c r="H56" s="110" t="str">
         <f>IF((E56)="","0",IF((E56)&gt;=(1000),IF((E56)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A57" s="61">
+    <row r="57" spans="1:8" ht="15" thickBot="1">
+      <c r="A57" s="57">
         <f>IF((E57&gt;=999.5),E57,0)</f>
         <v>0</v>
       </c>
-      <c r="B57" s="35" t="s">
+      <c r="B57" s="32" t="s">
         <v>6</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="12"/>
       <c r="F57" s="16" t="str">
         <f>IF((E57)="","keine Bewertung möglich",IF((E57)&lt;2500,IF((E57)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G57" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="H57" s="80" t="str">
+      <c r="H57" s="110" t="str">
         <f>IF((E57)="","0",IF((E57)&gt;=(2500),IF((E57)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:8" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B58" s="35" t="s">
+    <row r="58" spans="1:8" ht="15" thickBot="1">
+      <c r="A58" s="57"/>
+      <c r="B58" s="32" t="s">
         <v>7</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="D58" s="88"/>
+      <c r="D58" s="79"/>
       <c r="E58" s="12"/>
       <c r="F58" s="3" t="str">
         <f>IF((E58)="","keine Bewertung möglich",IF((E58)&lt;1000,"HP 7 eingehalten",IF((E58)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G58" s="16" t="s">
         <v>41</v>
       </c>
-      <c r="H58" s="80" t="str">
+      <c r="H58" s="110" t="str">
         <f>IF((E58)="","0",IF((E58)&gt;=(1000),IF((E58)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A59" s="61">
+    <row r="59" spans="1:8" ht="15" thickBot="1">
+      <c r="A59" s="57">
         <f t="shared" ref="A59:A63" si="1">IF((E59&gt;=999.5),E59,0)</f>
         <v>0</v>
       </c>
-      <c r="B59" s="34" t="s">
+      <c r="B59" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="12"/>
       <c r="F59" s="16" t="str">
         <f>IF((E59)="","keine Bewertung möglich",IF((E59)&lt;2500,IF((E59)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G59" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="H59" s="80" t="str">
+      <c r="H59" s="110" t="str">
         <f>IF((E59)="","0",IF((E59)&gt;=(2500),IF((E59)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A60" s="61">
+    <row r="60" spans="1:8" ht="15" thickBot="1">
+      <c r="A60" s="57">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="B60" s="34" t="s">
+      <c r="B60" s="31" t="s">
         <v>15</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="12"/>
       <c r="F60" s="16" t="str">
         <f>IF((E60)="","keine Bewertung möglich",IF((E60)&lt;2500,IF((E60)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G60" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="H60" s="80" t="str">
+      <c r="H60" s="110" t="str">
         <f>IF((E60)="","0",IF((E60)&gt;=(2500),IF((E60)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A61" s="61">
+    <row r="61" spans="1:8" ht="15" thickBot="1">
+      <c r="A61" s="57">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="B61" s="35" t="s">
+      <c r="B61" s="32" t="s">
         <v>73</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>84</v>
       </c>
-      <c r="D61" s="89"/>
+      <c r="D61" s="80"/>
       <c r="E61" s="12"/>
       <c r="F61" s="16" t="str">
         <f>IF((E61)="","keine Bewertung möglich",IF((E61)&lt;2500,IF((E61)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G61" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="H61" s="80" t="str">
+      <c r="H61" s="110" t="str">
         <f>IF((E61)="","0",IF((E61)&gt;=(2500),IF((E61)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A62" s="61">
+    <row r="62" spans="1:8" ht="15" thickBot="1">
+      <c r="A62" s="57">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="B62" s="35" t="s">
+      <c r="B62" s="32" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="12"/>
       <c r="F62" s="16" t="str">
         <f>IF((E62)="","keine Bewertung möglich",IF((E62)&lt;2500,"HP 6 eingehalten",IF((E62)&gt;=2500,"Gefährlichkeitskriterium HP 6 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G62" s="16" t="s">
         <v>94</v>
       </c>
-      <c r="H62" s="80" t="str">
+      <c r="H62" s="110" t="str">
         <f>IF((E62)="","0",IF((E62)&gt;=(2500),IF((E62)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A63" s="61">
+    <row r="63" spans="1:8" ht="15" thickBot="1">
+      <c r="A63" s="57">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="B63" s="34" t="s">
+      <c r="B63" s="31" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="12"/>
       <c r="F63" s="3" t="str">
         <f>IF((E63)="","keine Bewertung möglich",IF((E63)&lt;1000,"HP 5 und HP 11 eingehalten",IF((E63)&gt;=1000,"Gefährlichkeitskriterium HP 7 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G63" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="H63" s="80" t="str">
+      <c r="H63" s="110" t="str">
         <f>IF((E63)="","0",IF((E63)&gt;=(1000),IF((E63)&lt;(1000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:8" ht="15.75" thickBot="1">
-      <c r="A64" s="61">
+    <row r="64" spans="1:8" ht="15" thickBot="1">
+      <c r="A64" s="57">
         <f>IF((E64&gt;=999.5),E64,0)</f>
         <v>0</v>
       </c>
-      <c r="B64" s="34" t="s">
+      <c r="B64" s="31" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="12"/>
       <c r="F64" s="16" t="str">
         <f>IF((E64)="","keine Bewertung möglich",IF((E64)&lt;2500,IF((E64)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G64" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="H64" s="80" t="str">
+      <c r="H64" s="110" t="str">
         <f>IF((E64)="","0",IF((E64)&gt;=(2500),IF((E64)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:10" ht="15.75" thickBot="1">
-[...10 lines deleted...]
-      <c r="A66" s="50" t="s">
+    <row r="65" spans="1:10" ht="15" thickBot="1">
+      <c r="A65" s="53"/>
+      <c r="B65" s="54"/>
+      <c r="C65" s="73"/>
+      <c r="D65" s="73"/>
+      <c r="E65" s="74"/>
+      <c r="F65" s="73"/>
+      <c r="G65" s="52"/>
+      <c r="H65" s="110"/>
+    </row>
+    <row r="66" spans="1:10" ht="15" thickBot="1">
+      <c r="A66" s="46" t="s">
         <v>48</v>
       </c>
-      <c r="B66" s="50"/>
+      <c r="B66" s="46"/>
       <c r="C66" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="6"/>
       <c r="E66" s="12"/>
       <c r="F66" s="3" t="str">
         <f>IF((E66)="","keine Bewertung möglich",IF((E66)&lt;500,"nicht gefährlicher Abfall",IF((E66)&gt;=500,"gefährlicher Abfall")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G66" s="56"/>
-[...1 lines deleted...]
-        <f>IF((E66)="","0",IF((E66)&gt;=80,IF((E66)&lt;80,"1","2"),"1"))</f>
+      <c r="G66" s="52"/>
+      <c r="H66" s="110" t="str">
+        <f>IF((E66)="","0",IF((E66)&gt;=500,IF((E66)&lt;500,"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:10">
-      <c r="A67" s="50"/>
-      <c r="B67" s="116" t="s">
+      <c r="A67" s="46"/>
+      <c r="B67" s="106" t="s">
         <v>74</v>
       </c>
-      <c r="C67" s="98"/>
-[...4 lines deleted...]
-      <c r="H67" s="80"/>
+      <c r="C67" s="89"/>
+      <c r="D67" s="89"/>
+      <c r="E67" s="89"/>
+      <c r="F67" s="89"/>
+      <c r="G67" s="77"/>
+      <c r="H67" s="110"/>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="5"/>
-      <c r="B68" s="84"/>
-[...1 lines deleted...]
-      <c r="D68" s="50"/>
+      <c r="B68" s="75"/>
+      <c r="C68" s="52"/>
+      <c r="D68" s="46"/>
       <c r="E68" s="5"/>
       <c r="F68" s="5"/>
-      <c r="G68" s="56"/>
-      <c r="H68" s="80"/>
+      <c r="G68" s="52"/>
+      <c r="H68" s="110"/>
       <c r="J68" s="1"/>
     </row>
     <row r="69" spans="1:10" ht="15" customHeight="1">
-      <c r="A69" s="58" t="s">
+      <c r="A69" s="54" t="s">
         <v>95</v>
       </c>
-      <c r="B69" s="58"/>
-[...1 lines deleted...]
-      <c r="D69" s="50"/>
+      <c r="B69" s="54"/>
+      <c r="C69" s="50"/>
+      <c r="D69" s="46"/>
       <c r="E69" s="5"/>
       <c r="F69" s="5"/>
-      <c r="G69" s="56"/>
-      <c r="H69" s="80"/>
+      <c r="G69" s="52"/>
+      <c r="H69" s="110"/>
       <c r="J69" s="1"/>
     </row>
     <row r="70" spans="1:10" ht="9" customHeight="1">
       <c r="A70" s="5"/>
       <c r="B70" s="5"/>
-      <c r="C70" s="46"/>
-[...4 lines deleted...]
-      <c r="H70" s="80"/>
+      <c r="C70" s="42"/>
+      <c r="D70" s="52"/>
+      <c r="E70" s="43"/>
+      <c r="F70" s="44"/>
+      <c r="G70" s="49"/>
+      <c r="H70" s="110"/>
     </row>
     <row r="71" spans="1:10" ht="15" customHeight="1">
-      <c r="A71" s="58" t="s">
+      <c r="A71" s="54" t="s">
         <v>96</v>
       </c>
-      <c r="B71" s="84"/>
-[...1 lines deleted...]
-      <c r="D71" s="50"/>
+      <c r="B71" s="75"/>
+      <c r="C71" s="52"/>
+      <c r="D71" s="46"/>
       <c r="E71" s="5"/>
       <c r="F71" s="5"/>
-      <c r="G71" s="56"/>
-      <c r="H71" s="80"/>
+      <c r="G71" s="52"/>
+      <c r="H71" s="110"/>
       <c r="J71" s="1"/>
     </row>
     <row r="72" spans="1:10" ht="9" customHeight="1">
       <c r="A72" s="5"/>
       <c r="B72" s="5"/>
-      <c r="C72" s="46"/>
-[...6 lines deleted...]
-    <row r="73" spans="1:10" ht="15.75" thickBot="1">
+      <c r="C72" s="42"/>
+      <c r="D72" s="52"/>
+      <c r="E72" s="43"/>
+      <c r="F72" s="44"/>
+      <c r="G72" s="49"/>
+      <c r="H72" s="110"/>
+    </row>
+    <row r="73" spans="1:10" ht="15" thickBot="1">
       <c r="A73" s="5"/>
       <c r="B73" s="5"/>
-      <c r="C73" s="67" t="s">
+      <c r="C73" s="63" t="s">
         <v>50</v>
       </c>
       <c r="D73" s="5"/>
       <c r="E73" s="5"/>
       <c r="F73" s="5"/>
       <c r="G73" s="5"/>
-      <c r="H73" s="80"/>
-[...3 lines deleted...]
-      <c r="B74" s="33" t="s">
+      <c r="H73" s="110"/>
+    </row>
+    <row r="74" spans="1:10" ht="17.399999999999999" thickBot="1">
+      <c r="A74" s="55"/>
+      <c r="B74" s="30" t="s">
         <v>101</v>
       </c>
       <c r="C74" s="21" t="s">
         <v>70</v>
       </c>
       <c r="D74" s="9"/>
       <c r="E74" s="12"/>
       <c r="F74" s="3" t="str">
         <f>IF((E74)="","keine Bewertung möglich",IF((E74)&lt;5,"kein POP-Abfall",IF((E74)&gt;=5,"gefährlicher Abfall nach EU-POP-Verordnung")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G74" s="5"/>
-      <c r="H74" s="80" t="str">
+      <c r="H74" s="110" t="str">
         <f>IF((E74)="","0",IF((E74)&gt;=5,IF((E74)&lt;5,"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:10" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B75" s="33" t="s">
+    <row r="75" spans="1:10" ht="15" thickBot="1">
+      <c r="A75" s="55"/>
+      <c r="B75" s="30" t="s">
         <v>49</v>
       </c>
       <c r="C75" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="12"/>
       <c r="F75" s="3" t="str">
         <f>IF((E75)="","keine Bewertung möglich",IF((E75)&lt;50,"kein POP-Abfall",IF((E75)&gt;=50,"gefährlicher Abfall nach EU-POP-Verordnung")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G75" s="5"/>
-      <c r="H75" s="80" t="str">
+      <c r="H75" s="110" t="str">
         <f t="shared" ref="H75:H88" si="2">IF((E75)="","0",IF((E75)&gt;=(50),IF((E75)&lt;(50),"1","2"),"1"))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:10" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B76" s="33" t="s">
+    <row r="76" spans="1:10" ht="15" thickBot="1">
+      <c r="A76" s="55"/>
+      <c r="B76" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C76" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="12"/>
       <c r="F76" s="3" t="str">
         <f>IF((E76)="","keine Bewertung möglich",IF((E76)&lt;50,"kein POP-Abfall",IF((E76)&gt;=50,"gefährlicher Abfall nach EU-POP-Verordnung")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G76" s="5"/>
-      <c r="H76" s="80" t="str">
+      <c r="H76" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="1:10" ht="14.45" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-      <c r="B77" s="33" t="s">
+    <row r="77" spans="1:10" ht="14.4" customHeight="1" thickBot="1">
+      <c r="A77" s="55"/>
+      <c r="B77" s="30" t="s">
         <v>45</v>
       </c>
       <c r="C77" s="19" t="s">
         <v>53</v>
       </c>
       <c r="D77" s="10"/>
       <c r="E77" s="12"/>
       <c r="F77" s="3" t="str">
         <f t="shared" ref="F77:F88" si="3">IF((E77)="","keine Bewertung möglich",IF((E77)&lt;50,"kein POP-Abfall",IF((E77)&gt;=50,"gefährlicher Abfall nach EU-POP-Verordnung")))</f>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G77" s="5"/>
-      <c r="H77" s="80" t="str">
+      <c r="H77" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:10" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B78" s="33" t="s">
+    <row r="78" spans="1:10" ht="15" thickBot="1">
+      <c r="A78" s="55"/>
+      <c r="B78" s="30" t="s">
         <v>22</v>
       </c>
       <c r="C78" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="12"/>
       <c r="F78" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G78" s="5"/>
-      <c r="H78" s="80" t="str">
+      <c r="H78" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:10" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B79" s="33" t="s">
+    <row r="79" spans="1:10" ht="15" thickBot="1">
+      <c r="A79" s="55"/>
+      <c r="B79" s="30" t="s">
         <v>23</v>
       </c>
       <c r="C79" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="12"/>
       <c r="F79" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G79" s="5"/>
-      <c r="H79" s="80" t="str">
+      <c r="H79" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="1:10" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B80" s="33" t="s">
+    <row r="80" spans="1:10" ht="15" thickBot="1">
+      <c r="A80" s="55"/>
+      <c r="B80" s="30" t="s">
         <v>24</v>
       </c>
       <c r="C80" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="12"/>
       <c r="F80" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G80" s="5"/>
-      <c r="H80" s="80" t="str">
+      <c r="H80" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B81" s="33" t="s">
+    <row r="81" spans="1:9" ht="15" thickBot="1">
+      <c r="A81" s="55"/>
+      <c r="B81" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C81" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="12"/>
       <c r="F81" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G81" s="5"/>
-      <c r="H81" s="80" t="str">
+      <c r="H81" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="82" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B82" s="33" t="s">
+    <row r="82" spans="1:9" ht="15" thickBot="1">
+      <c r="A82" s="55"/>
+      <c r="B82" s="30" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="12"/>
       <c r="F82" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G82" s="5"/>
-      <c r="H82" s="80" t="str">
+      <c r="H82" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B83" s="33" t="s">
+    <row r="83" spans="1:9" ht="15" thickBot="1">
+      <c r="A83" s="55"/>
+      <c r="B83" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C83" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="12"/>
       <c r="F83" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G83" s="5"/>
-      <c r="H83" s="80" t="str">
+      <c r="H83" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B84" s="33" t="s">
+    <row r="84" spans="1:9" ht="15" thickBot="1">
+      <c r="A84" s="55"/>
+      <c r="B84" s="30" t="s">
         <v>28</v>
       </c>
       <c r="C84" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="12"/>
       <c r="F84" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G84" s="5"/>
-      <c r="H84" s="80" t="str">
+      <c r="H84" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="1:9" ht="16.899999999999999" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-      <c r="B85" s="109" t="s">
+    <row r="85" spans="1:9" ht="16.95" customHeight="1" thickBot="1">
+      <c r="A85" s="55"/>
+      <c r="B85" s="99" t="s">
         <v>102</v>
       </c>
       <c r="C85" s="19" t="s">
         <v>53</v>
       </c>
       <c r="D85" s="11"/>
       <c r="E85" s="13"/>
-      <c r="F85" s="90" t="str">
+      <c r="F85" s="81" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G85" s="5"/>
-      <c r="H85" s="80" t="str">
+      <c r="H85" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="86" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B86" s="33" t="s">
+    <row r="86" spans="1:9" ht="15" thickBot="1">
+      <c r="A86" s="55"/>
+      <c r="B86" s="30" t="s">
         <v>29</v>
       </c>
       <c r="C86" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="12"/>
       <c r="F86" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G86" s="5"/>
-      <c r="H86" s="80" t="str">
+      <c r="H86" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B87" s="33" t="s">
+    <row r="87" spans="1:9" ht="15" thickBot="1">
+      <c r="A87" s="55"/>
+      <c r="B87" s="30" t="s">
         <v>30</v>
       </c>
       <c r="C87" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="12"/>
       <c r="F87" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G87" s="5"/>
-      <c r="H87" s="80" t="str">
+      <c r="H87" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B88" s="33" t="s">
+    <row r="88" spans="1:9" ht="15" thickBot="1">
+      <c r="A88" s="55"/>
+      <c r="B88" s="30" t="s">
         <v>31</v>
       </c>
       <c r="C88" s="18" t="s">
         <v>53</v>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="12"/>
       <c r="F88" s="3" t="str">
         <f t="shared" si="3"/>
         <v>keine Bewertung möglich</v>
       </c>
       <c r="G88" s="5"/>
-      <c r="H88" s="80" t="str">
+      <c r="H88" s="110" t="str">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" ht="9" customHeight="1">
       <c r="A89" s="5"/>
       <c r="B89" s="5"/>
-      <c r="C89" s="46"/>
-[...6 lines deleted...]
-    <row r="90" spans="1:9" ht="17.45" customHeight="1">
+      <c r="C89" s="42"/>
+      <c r="D89" s="52"/>
+      <c r="E89" s="43"/>
+      <c r="F89" s="44"/>
+      <c r="G89" s="49"/>
+      <c r="H89" s="110"/>
+    </row>
+    <row r="90" spans="1:9" ht="17.399999999999999" customHeight="1">
       <c r="A90" s="5"/>
-      <c r="B90" s="111" t="s">
+      <c r="B90" s="102" t="s">
         <v>127</v>
       </c>
-      <c r="C90" s="106"/>
-[...4 lines deleted...]
-      <c r="H90" s="80"/>
+      <c r="C90" s="96"/>
+      <c r="D90" s="96"/>
+      <c r="E90" s="96"/>
+      <c r="F90" s="96"/>
+      <c r="G90" s="96"/>
+      <c r="H90" s="110"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="5"/>
-      <c r="B91" s="119" t="s">
+      <c r="B91" s="101" t="s">
         <v>120</v>
       </c>
-      <c r="C91" s="106"/>
-[...6 lines deleted...]
-    <row r="92" spans="1:9" ht="17.45" customHeight="1">
+      <c r="C91" s="96"/>
+      <c r="D91" s="96"/>
+      <c r="E91" s="96"/>
+      <c r="F91" s="96"/>
+      <c r="G91" s="96"/>
+      <c r="H91" s="110"/>
+    </row>
+    <row r="92" spans="1:9" ht="17.399999999999999" customHeight="1">
       <c r="A92" s="5"/>
-      <c r="B92" s="112" t="s">
+      <c r="B92" s="103" t="s">
         <v>121</v>
       </c>
-      <c r="C92" s="106"/>
-[...4 lines deleted...]
-      <c r="H92" s="80"/>
+      <c r="C92" s="96"/>
+      <c r="D92" s="96"/>
+      <c r="E92" s="96"/>
+      <c r="F92" s="96"/>
+      <c r="G92" s="96"/>
+      <c r="H92" s="110"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="5"/>
-      <c r="B93" s="108"/>
-      <c r="C93" s="85"/>
+      <c r="B93" s="98"/>
+      <c r="C93" s="76"/>
       <c r="D93" s="5"/>
-      <c r="E93" s="85"/>
-      <c r="F93" s="85"/>
+      <c r="E93" s="76"/>
+      <c r="F93" s="76"/>
       <c r="G93" s="5"/>
-      <c r="H93" s="80"/>
+      <c r="H93" s="110"/>
     </row>
     <row r="94" spans="1:9">
-      <c r="A94" s="58" t="s">
+      <c r="A94" s="54" t="s">
         <v>97</v>
       </c>
-      <c r="B94" s="63"/>
-[...5 lines deleted...]
-      <c r="H94" s="82"/>
+      <c r="B94" s="59"/>
+      <c r="C94" s="60"/>
+      <c r="D94" s="58"/>
+      <c r="E94" s="60"/>
+      <c r="F94" s="60"/>
+      <c r="G94" s="58"/>
+      <c r="H94" s="114"/>
       <c r="I94" s="23"/>
     </row>
     <row r="95" spans="1:9">
-      <c r="A95" s="62"/>
-      <c r="B95" s="65" t="s">
+      <c r="A95" s="58"/>
+      <c r="B95" s="61" t="s">
         <v>98</v>
       </c>
-      <c r="C95" s="64"/>
-[...4 lines deleted...]
-      <c r="H95" s="82"/>
+      <c r="C95" s="60"/>
+      <c r="D95" s="58"/>
+      <c r="E95" s="60"/>
+      <c r="F95" s="60"/>
+      <c r="G95" s="58"/>
+      <c r="H95" s="114"/>
       <c r="I95" s="23"/>
     </row>
     <row r="96" spans="1:9">
-      <c r="A96" s="62"/>
-      <c r="B96" s="65" t="s">
+      <c r="A96" s="58"/>
+      <c r="B96" s="61" t="s">
         <v>99</v>
       </c>
-      <c r="C96" s="64"/>
-[...4 lines deleted...]
-      <c r="H96" s="82"/>
+      <c r="C96" s="60"/>
+      <c r="D96" s="58"/>
+      <c r="E96" s="60"/>
+      <c r="F96" s="60"/>
+      <c r="G96" s="58"/>
+      <c r="H96" s="114"/>
       <c r="I96" s="23"/>
     </row>
     <row r="97" spans="1:9" ht="9" customHeight="1">
       <c r="A97" s="5"/>
       <c r="B97" s="5"/>
-      <c r="C97" s="46"/>
-[...9 lines deleted...]
-      <c r="C98" s="67" t="s">
+      <c r="C97" s="42"/>
+      <c r="D97" s="52"/>
+      <c r="E97" s="43"/>
+      <c r="F97" s="44"/>
+      <c r="G97" s="49"/>
+      <c r="H97" s="110"/>
+    </row>
+    <row r="98" spans="1:9" ht="15" thickBot="1">
+      <c r="A98" s="58"/>
+      <c r="B98" s="62"/>
+      <c r="C98" s="63" t="s">
         <v>50</v>
       </c>
-      <c r="D98" s="68"/>
-[...3 lines deleted...]
-      <c r="H98" s="82"/>
+      <c r="D98" s="64"/>
+      <c r="E98" s="60"/>
+      <c r="F98" s="60"/>
+      <c r="G98" s="58"/>
+      <c r="H98" s="114"/>
       <c r="I98" s="23"/>
     </row>
-    <row r="99" spans="1:9" ht="17.25" thickBot="1">
-[...1 lines deleted...]
-      <c r="B99" s="38" t="s">
+    <row r="99" spans="1:9" ht="16.8" thickBot="1">
+      <c r="A99" s="58"/>
+      <c r="B99" s="35" t="s">
         <v>108</v>
       </c>
       <c r="C99" s="18" t="s">
         <v>84</v>
       </c>
       <c r="D99" s="9"/>
       <c r="E99" s="24"/>
       <c r="F99" s="16" t="str">
         <f>IF((E99)="","keine Bewertung möglich",IF((E99)&lt;2500,IF((E99)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G99" s="62"/>
-      <c r="H99" s="80" t="str">
+      <c r="G99" s="58"/>
+      <c r="H99" s="110" t="str">
         <f>IF((E99)="","0",IF((E99)&gt;=(2500),IF((E99)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I99" s="23"/>
     </row>
-    <row r="100" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B100" s="30" t="s">
+    <row r="100" spans="1:9" ht="15" thickBot="1">
+      <c r="A100" s="58"/>
+      <c r="B100" s="27" t="s">
         <v>67</v>
       </c>
       <c r="C100" s="18" t="s">
         <v>84</v>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="24"/>
       <c r="F100" s="16" t="str">
         <f>IF((E100)="","keine Bewertung möglich",IF((E100)&lt;2500,IF((E100)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G100" s="62"/>
-      <c r="H100" s="80" t="str">
+      <c r="G100" s="58"/>
+      <c r="H100" s="110" t="str">
         <f t="shared" ref="H100:H104" si="4">IF((E100)="","0",IF((E100)&gt;=(2500),IF((E100)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I100" s="23"/>
     </row>
-    <row r="101" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B101" s="30" t="s">
+    <row r="101" spans="1:9" ht="15" thickBot="1">
+      <c r="A101" s="58"/>
+      <c r="B101" s="27" t="s">
         <v>75</v>
       </c>
       <c r="C101" s="18" t="s">
         <v>84</v>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="24"/>
       <c r="F101" s="16" t="str">
         <f>IF((E101)="","keine Bewertung möglich",IF((E101)&lt;2500,IF((E101)&lt;1000,"HP 6 und Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 6 und HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G101" s="62"/>
-      <c r="H101" s="80" t="str">
+      <c r="G101" s="58"/>
+      <c r="H101" s="110" t="str">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I101" s="23"/>
     </row>
-    <row r="102" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B102" s="30" t="s">
+    <row r="102" spans="1:9" ht="15" thickBot="1">
+      <c r="A102" s="58"/>
+      <c r="B102" s="27" t="s">
         <v>76</v>
       </c>
       <c r="C102" s="18" t="s">
         <v>85</v>
       </c>
       <c r="D102" s="10"/>
       <c r="E102" s="24"/>
       <c r="F102" s="16" t="str">
         <f>IF((E102)="","keine Bewertung möglich",IF((E102)&lt;30000,"HP 10 eingehalten",IF((E102)&gt;=30000,"Gefährlichkeitskriterium HP 10 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G102" s="62"/>
-      <c r="H102" s="80" t="str">
+      <c r="G102" s="58"/>
+      <c r="H102" s="110" t="str">
         <f>IF((E102)="","0",IF((E102)&gt;=(30000),IF((E102)&lt;(30000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I102" s="23"/>
     </row>
-    <row r="103" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B103" s="30" t="s">
+    <row r="103" spans="1:9" ht="15" thickBot="1">
+      <c r="A103" s="58"/>
+      <c r="B103" s="27" t="s">
         <v>77</v>
       </c>
       <c r="C103" s="18" t="s">
         <v>84</v>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="24"/>
       <c r="F103" s="16" t="str">
         <f>IF((E103)="","keine Bewertung möglich",IF((E103)&lt;2500,IF((E103)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G103" s="62"/>
-      <c r="H103" s="80" t="str">
+      <c r="G103" s="58"/>
+      <c r="H103" s="110" t="str">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I103" s="23"/>
     </row>
-    <row r="104" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B104" s="30" t="s">
+    <row r="104" spans="1:9" ht="15" thickBot="1">
+      <c r="A104" s="58"/>
+      <c r="B104" s="27" t="s">
         <v>78</v>
       </c>
       <c r="C104" s="18" t="s">
         <v>84</v>
       </c>
       <c r="D104" s="9"/>
       <c r="E104" s="24"/>
       <c r="F104" s="16" t="str">
         <f>IF((E104)="","keine Bewertung möglich",IF((E104)&lt;2500,IF((E104)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G104" s="62"/>
-      <c r="H104" s="80" t="str">
+      <c r="G104" s="58"/>
+      <c r="H104" s="110" t="str">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I104" s="23"/>
     </row>
-    <row r="105" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B105" s="30" t="s">
+    <row r="105" spans="1:9" ht="15" thickBot="1">
+      <c r="A105" s="58"/>
+      <c r="B105" s="27" t="s">
         <v>79</v>
       </c>
       <c r="C105" s="18" t="s">
         <v>83</v>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="24"/>
       <c r="F105" s="16" t="str">
         <f>IF((E105)="","keine Bewertung möglich",IF((E105)&lt;200000,"HP 4 und HP 5 eingehalten",IF((E105)&gt;=200000,"Gefährlichkeitskriterium HP 4 und HP 5 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G105" s="62"/>
-      <c r="H105" s="80" t="str">
+      <c r="G105" s="58"/>
+      <c r="H105" s="110" t="str">
         <f>IF((E105)="","0",IF((E105)&gt;=(200000),IF((E105)&lt;(200000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I105" s="23"/>
     </row>
-    <row r="106" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B106" s="30" t="s">
+    <row r="106" spans="1:9" ht="15" thickBot="1">
+      <c r="A106" s="58"/>
+      <c r="B106" s="27" t="s">
         <v>80</v>
       </c>
       <c r="C106" s="18" t="s">
         <v>82</v>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="24"/>
       <c r="F106" s="16" t="str">
         <f>IF((E106)="","keine Bewertung möglich",IF((E106)&lt;100000,"HP 13 eingehalten",IF((E106)&gt;=100000,"Gefährlichkeitskriterium HP 13 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G106" s="62"/>
-      <c r="H106" s="80" t="str">
+      <c r="G106" s="58"/>
+      <c r="H106" s="110" t="str">
         <f>IF((E106)="","0",IF((E106)&gt;=(100000),IF((E106)&lt;(100000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I106" s="23"/>
     </row>
-    <row r="107" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B107" s="30" t="s">
+    <row r="107" spans="1:9" ht="15" thickBot="1">
+      <c r="A107" s="58"/>
+      <c r="B107" s="27" t="s">
         <v>81</v>
       </c>
       <c r="C107" s="18" t="s">
         <v>87</v>
       </c>
       <c r="D107" s="10"/>
       <c r="E107" s="24"/>
       <c r="F107" s="16" t="str">
         <f>IF((E107)="","keine Bewertung möglich",IF((E107)&lt;3000,"HP 10 eingehalten",IF((E107)&gt;=3000,"Gefährlichkeitskriterium HP 10 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G107" s="62"/>
-      <c r="H107" s="80" t="str">
+      <c r="G107" s="58"/>
+      <c r="H107" s="110" t="str">
         <f>IF((E107)="","0",IF((E107)&gt;=(3000),IF((E107)&lt;(3000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I107" s="23"/>
     </row>
-    <row r="108" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B108" s="30" t="s">
+    <row r="108" spans="1:9" ht="15" thickBot="1">
+      <c r="A108" s="58"/>
+      <c r="B108" s="27" t="s">
         <v>88</v>
       </c>
       <c r="C108" s="18" t="s">
         <v>83</v>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="24"/>
       <c r="F108" s="16" t="str">
         <f>IF((E108)="","keine Bewertung möglich",IF((E108)&lt;200000,"HP 4 und HP 5 eingehalten",IF((E108)&gt;=200000,"Gefährlichkeitskriterium HP 4 und HP 5 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G108" s="62"/>
-      <c r="H108" s="80" t="str">
+      <c r="G108" s="58"/>
+      <c r="H108" s="110" t="str">
         <f>IF((E108)="","0",IF((E108)&gt;=(200000),IF((E108)&lt;(200000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I108" s="23"/>
     </row>
-    <row r="109" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B109" s="30" t="s">
+    <row r="109" spans="1:9" ht="15" thickBot="1">
+      <c r="A109" s="58"/>
+      <c r="B109" s="27" t="s">
         <v>89</v>
       </c>
       <c r="C109" s="18" t="s">
         <v>87</v>
       </c>
       <c r="D109" s="9"/>
       <c r="E109" s="24"/>
       <c r="F109" s="16" t="str">
         <f>IF((E109)="","keine Bewertung möglich",IF((E109)&lt;3000,"HP 10 eingehalten",IF((E109)&gt;=3000,"Gefährlichkeitskriterium HP 10 überschritten")))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G109" s="62"/>
-      <c r="H109" s="80" t="str">
+      <c r="G109" s="58"/>
+      <c r="H109" s="110" t="str">
         <f>IF((E109)="","0",IF((E109)&gt;=(3000),IF((E109)&lt;(3000),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I109" s="23"/>
     </row>
-    <row r="110" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B110" s="30" t="s">
+    <row r="110" spans="1:9" ht="15" thickBot="1">
+      <c r="A110" s="58"/>
+      <c r="B110" s="27" t="s">
         <v>92</v>
       </c>
       <c r="C110" s="18" t="s">
         <v>84</v>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="24"/>
       <c r="F110" s="16" t="str">
         <f>IF((E110)="","keine Bewertung möglich",IF((E110)&lt;2500,IF((E110)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G110" s="62"/>
-      <c r="H110" s="80" t="str">
+      <c r="G110" s="58"/>
+      <c r="H110" s="110" t="str">
         <f t="shared" ref="H110:H111" si="5">IF((E110)="","0",IF((E110)&gt;=(2500),IF((E110)&lt;(2500),"1","2"),"1"))</f>
         <v>0</v>
       </c>
       <c r="I110" s="23"/>
     </row>
-    <row r="111" spans="1:9" ht="15.75" thickBot="1">
-[...1 lines deleted...]
-      <c r="B111" s="30" t="s">
+    <row r="111" spans="1:9" ht="15" thickBot="1">
+      <c r="A111" s="58"/>
+      <c r="B111" s="27" t="s">
         <v>90</v>
       </c>
       <c r="C111" s="18" t="s">
         <v>84</v>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="24"/>
       <c r="F111" s="16" t="str">
         <f>IF((E111)="","keine Bewertung möglich",IF((E111)&lt;2500,IF((E111)&lt;1000,"Berücksichtigungsgrenzwert HP 14 eingehalten","wird zur Berechnung von HP 14 herangezogen"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G111" s="62"/>
-      <c r="H111" s="80" t="str">
+      <c r="G111" s="58"/>
+      <c r="H111" s="110" t="str">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I111" s="23"/>
     </row>
     <row r="112" spans="1:9">
-      <c r="A112" s="62"/>
-[...6 lines deleted...]
-      <c r="H112" s="82"/>
+      <c r="A112" s="58"/>
+      <c r="B112" s="62"/>
+      <c r="C112" s="60"/>
+      <c r="D112" s="58"/>
+      <c r="E112" s="60"/>
+      <c r="F112" s="60"/>
+      <c r="G112" s="58"/>
+      <c r="H112" s="114"/>
       <c r="I112" s="23"/>
     </row>
     <row r="113" spans="1:9">
-      <c r="A113" s="50" t="s">
+      <c r="A113" s="46" t="s">
         <v>100</v>
       </c>
-      <c r="B113" s="66"/>
-[...5 lines deleted...]
-      <c r="H113" s="82"/>
+      <c r="B113" s="62"/>
+      <c r="C113" s="60"/>
+      <c r="D113" s="58"/>
+      <c r="E113" s="60"/>
+      <c r="F113" s="60"/>
+      <c r="G113" s="58"/>
+      <c r="H113" s="114"/>
       <c r="I113" s="23"/>
     </row>
     <row r="114" spans="1:9" ht="9" customHeight="1" thickBot="1">
       <c r="A114" s="5"/>
       <c r="B114" s="5"/>
-      <c r="C114" s="46"/>
-[...7 lines deleted...]
-      <c r="A115" s="61">
+      <c r="C114" s="42"/>
+      <c r="D114" s="52"/>
+      <c r="E114" s="43"/>
+      <c r="F114" s="44"/>
+      <c r="G114" s="49"/>
+      <c r="H114" s="110"/>
+    </row>
+    <row r="115" spans="1:9" ht="15" thickBot="1">
+      <c r="A115" s="57">
         <f>(A21 +A23+A53+A57+A59+A60+A61+A64+A99+A100+A101+A103+A104+A110+A111)/10000</f>
         <v>0</v>
       </c>
       <c r="B115" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="C115" s="28">
+      <c r="C115" s="25">
         <v>0.25</v>
       </c>
       <c r="D115" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="E115" s="75">
+      <c r="E115" s="71">
         <f>A115</f>
         <v>0</v>
       </c>
       <c r="F115" s="3" t="str">
         <f>IF((A115)=0,"keine Bewertung möglich",IF((E115)&lt;0.25,IF((A115)=0,"keine Bewertung möglich","Gefährlichkeitskriterium HP 14 eingehalten"),"Gefährlichkeitskriterium HP 14 überschritten"))</f>
         <v>keine Bewertung möglich</v>
       </c>
-      <c r="G115" s="69"/>
-      <c r="H115" s="80" t="str">
+      <c r="G115" s="65"/>
+      <c r="H115" s="110" t="str">
         <f>IF((E115)="0,00","0",IF((E115)&gt;=0.25,IF((E115)&lt;0.25,"1","2"),"0"))</f>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9">
-      <c r="A116" s="71"/>
-[...6 lines deleted...]
-      <c r="H116" s="82"/>
+      <c r="A116" s="67"/>
+      <c r="B116" s="62"/>
+      <c r="C116" s="60"/>
+      <c r="D116" s="58"/>
+      <c r="E116" s="60"/>
+      <c r="F116" s="60"/>
+      <c r="G116" s="58"/>
+      <c r="H116" s="114"/>
       <c r="I116" s="23"/>
     </row>
-    <row r="117" spans="1:9" ht="15.75">
-      <c r="A117" s="72" t="s">
+    <row r="117" spans="1:9" ht="15.6">
+      <c r="A117" s="68" t="s">
         <v>124</v>
       </c>
       <c r="B117" s="22"/>
       <c r="C117" s="22"/>
       <c r="D117" s="22"/>
       <c r="E117" s="22"/>
       <c r="F117" s="22"/>
-      <c r="G117" s="62"/>
-      <c r="H117" s="83"/>
+      <c r="G117" s="58"/>
+      <c r="H117" s="115"/>
       <c r="I117" s="23"/>
     </row>
     <row r="118" spans="1:9">
-      <c r="A118" s="71" t="s">
+      <c r="A118" s="67" t="s">
         <v>125</v>
       </c>
       <c r="B118" s="22"/>
       <c r="C118" s="22"/>
       <c r="D118" s="22"/>
       <c r="E118" s="22"/>
       <c r="F118" s="22"/>
-      <c r="G118" s="62"/>
-      <c r="H118" s="83"/>
+      <c r="G118" s="58"/>
+      <c r="H118" s="115"/>
       <c r="I118" s="23"/>
     </row>
     <row r="119" spans="1:9">
-      <c r="A119" s="62"/>
-      <c r="B119" s="73" t="s">
+      <c r="A119" s="58"/>
+      <c r="B119" s="69" t="s">
         <v>46</v>
       </c>
       <c r="C119" s="22"/>
       <c r="D119" s="22"/>
       <c r="E119" s="22"/>
       <c r="F119" s="22"/>
-      <c r="G119" s="62"/>
-      <c r="H119" s="83"/>
+      <c r="G119" s="58"/>
+      <c r="H119" s="115"/>
       <c r="I119" s="23"/>
     </row>
     <row r="120" spans="1:9">
-      <c r="A120" s="62"/>
-      <c r="B120" s="74" t="str">
+      <c r="A120" s="58"/>
+      <c r="B120" s="70" t="str">
         <f>IF(H120&lt;&gt;66,"","Keine Bewertung möglich, bitte geben Sie in die farblich markierten Felder Ihre Messwerte ein!")</f>
         <v>Keine Bewertung möglich, bitte geben Sie in die farblich markierten Felder Ihre Messwerte ein!</v>
       </c>
       <c r="C120" s="22"/>
       <c r="D120" s="22"/>
       <c r="E120" s="22"/>
       <c r="F120" s="22"/>
-      <c r="G120" s="62"/>
-      <c r="H120" s="71">
+      <c r="G120" s="58"/>
+      <c r="H120" s="67">
         <f>COUNTIF(H17:H115,0)</f>
         <v>66</v>
       </c>
       <c r="I120" s="23"/>
     </row>
     <row r="121" spans="1:9">
-      <c r="A121" s="113"/>
+      <c r="A121" s="104"/>
       <c r="B121" s="4" t="str">
         <f>IF(H121=0,IF(H120&gt;=66,"","nicht gefährlicher Abfall."),"gefährlicher Abfall (mit *).")</f>
         <v/>
       </c>
-      <c r="C121" s="73"/>
+      <c r="C121" s="69"/>
       <c r="D121" s="22"/>
       <c r="E121" s="22"/>
       <c r="F121" s="22"/>
-      <c r="G121" s="62"/>
-      <c r="H121" s="83">
+      <c r="G121" s="58"/>
+      <c r="H121" s="115">
         <f>COUNTIF(H17:H115,2)</f>
         <v>0</v>
       </c>
       <c r="I121" s="23"/>
     </row>
     <row r="122" spans="1:9">
-      <c r="A122" s="99"/>
+      <c r="A122" s="90"/>
       <c r="B122" s="4"/>
       <c r="C122" s="22"/>
       <c r="D122" s="22"/>
       <c r="E122" s="22"/>
       <c r="F122" s="22"/>
-      <c r="G122" s="62"/>
-      <c r="H122" s="83"/>
+      <c r="G122" s="58"/>
+      <c r="H122" s="115"/>
       <c r="I122" s="23"/>
     </row>
     <row r="123" spans="1:9">
-      <c r="A123" s="62"/>
-[...6 lines deleted...]
-      <c r="H123" s="83"/>
+      <c r="A123" s="58"/>
+      <c r="B123" s="46"/>
+      <c r="C123" s="58"/>
+      <c r="D123" s="58"/>
+      <c r="E123" s="58"/>
+      <c r="F123" s="58"/>
+      <c r="G123" s="58"/>
+      <c r="H123" s="115"/>
       <c r="I123" s="23"/>
     </row>
     <row r="124" spans="1:9">
-      <c r="A124" s="99"/>
-[...6 lines deleted...]
-      <c r="H124" s="83"/>
+      <c r="A124" s="90"/>
+      <c r="B124" s="46"/>
+      <c r="C124" s="58"/>
+      <c r="D124" s="58"/>
+      <c r="E124" s="58"/>
+      <c r="F124" s="58"/>
+      <c r="G124" s="58"/>
+      <c r="H124" s="115"/>
       <c r="I124" s="23"/>
     </row>
     <row r="125" spans="1:9">
-      <c r="A125" s="99"/>
-[...5 lines deleted...]
-      <c r="G125" s="102" t="s">
+      <c r="A125" s="90"/>
+      <c r="B125" s="46"/>
+      <c r="C125" s="58"/>
+      <c r="D125" s="58"/>
+      <c r="E125" s="58"/>
+      <c r="F125" s="104"/>
+      <c r="G125" s="93" t="s">
         <v>116</v>
       </c>
-      <c r="H125" s="83"/>
+      <c r="H125" s="115"/>
       <c r="I125" s="23"/>
     </row>
     <row r="126" spans="1:9">
-      <c r="A126" s="99"/>
-      <c r="B126" s="100" t="s">
+      <c r="A126" s="90"/>
+      <c r="B126" s="91" t="s">
         <v>115</v>
       </c>
-      <c r="C126" s="62"/>
-[...4 lines deleted...]
-      <c r="H126" s="83"/>
+      <c r="C126" s="58"/>
+      <c r="D126" s="58"/>
+      <c r="E126" s="104"/>
+      <c r="F126" s="58"/>
+      <c r="G126" s="58"/>
+      <c r="H126" s="115"/>
       <c r="I126" s="23"/>
     </row>
     <row r="127" spans="1:9">
-      <c r="A127" s="99"/>
-[...6 lines deleted...]
-      <c r="H127" s="83"/>
+      <c r="A127" s="90"/>
+      <c r="B127" s="46"/>
+      <c r="C127" s="58"/>
+      <c r="D127" s="58"/>
+      <c r="E127" s="58"/>
+      <c r="F127" s="58"/>
+      <c r="G127" s="58"/>
+      <c r="H127" s="115"/>
       <c r="I127" s="23"/>
     </row>
     <row r="128" spans="1:9">
-      <c r="A128" s="114"/>
-[...6 lines deleted...]
-      <c r="H128" s="115"/>
+      <c r="A128" s="105"/>
+      <c r="B128" s="105"/>
+      <c r="C128" s="105"/>
+      <c r="D128" s="105"/>
+      <c r="E128" s="105"/>
+      <c r="F128" s="105"/>
+      <c r="G128" s="105"/>
+      <c r="H128" s="116"/>
     </row>
     <row r="129" spans="1:8" hidden="1">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="2"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
-      <c r="H129" s="25"/>
+      <c r="H129" s="117"/>
     </row>
     <row r="130" spans="1:8" hidden="1">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="2"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
-      <c r="H130" s="25"/>
+      <c r="H130" s="117"/>
     </row>
     <row r="131" spans="1:8" hidden="1">
       <c r="A131" s="2"/>
       <c r="B131" s="2"/>
       <c r="C131" s="2"/>
       <c r="D131" s="2"/>
       <c r="E131" s="2"/>
       <c r="F131" s="2"/>
       <c r="G131" s="2"/>
-      <c r="H131" s="25"/>
+      <c r="H131" s="117"/>
     </row>
     <row r="132" spans="1:8" hidden="1">
       <c r="A132" s="2"/>
       <c r="B132" s="2"/>
       <c r="C132" s="2"/>
       <c r="D132" s="2"/>
       <c r="E132" s="2"/>
       <c r="F132" s="2"/>
       <c r="G132" s="2"/>
-      <c r="H132" s="25"/>
+      <c r="H132" s="117"/>
     </row>
     <row r="133" spans="1:8" hidden="1">
       <c r="A133" s="2"/>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
       <c r="D133" s="2"/>
       <c r="E133" s="2"/>
       <c r="F133" s="2"/>
       <c r="G133" s="2"/>
-      <c r="H133" s="25"/>
+      <c r="H133" s="117"/>
     </row>
     <row r="134" spans="1:8" hidden="1">
       <c r="A134" s="2"/>
       <c r="B134" s="2"/>
       <c r="C134" s="2"/>
       <c r="D134" s="2"/>
       <c r="E134" s="2"/>
       <c r="F134" s="2"/>
       <c r="G134" s="2"/>
-      <c r="H134" s="25"/>
+      <c r="H134" s="117"/>
     </row>
     <row r="135" spans="1:8" hidden="1">
       <c r="A135" s="2"/>
       <c r="B135" s="2"/>
       <c r="C135" s="2"/>
       <c r="D135" s="2"/>
       <c r="E135" s="2"/>
       <c r="F135" s="2"/>
       <c r="G135" s="2"/>
-      <c r="H135" s="25"/>
+      <c r="H135" s="117"/>
     </row>
     <row r="136" spans="1:8" hidden="1">
       <c r="A136" s="2"/>
       <c r="B136" s="2"/>
       <c r="C136" s="2"/>
       <c r="D136" s="2"/>
       <c r="E136" s="2"/>
       <c r="F136" s="2"/>
       <c r="G136" s="2"/>
-      <c r="H136" s="25"/>
+      <c r="H136" s="117"/>
     </row>
     <row r="137" spans="1:8" hidden="1">
       <c r="A137" s="2"/>
       <c r="B137" s="2"/>
       <c r="C137" s="2"/>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
-      <c r="H137" s="25"/>
+      <c r="H137" s="117"/>
     </row>
     <row r="138" spans="1:8" hidden="1">
       <c r="A138" s="2"/>
       <c r="B138" s="2"/>
       <c r="C138" s="2"/>
       <c r="D138" s="2"/>
       <c r="E138" s="2"/>
       <c r="F138" s="2"/>
       <c r="G138" s="2"/>
-      <c r="H138" s="25"/>
+      <c r="H138" s="117"/>
     </row>
     <row r="139" spans="1:8" hidden="1">
       <c r="A139" s="2"/>
       <c r="B139" s="2"/>
       <c r="C139" s="2"/>
       <c r="D139" s="2"/>
       <c r="E139" s="2"/>
       <c r="F139" s="2"/>
       <c r="G139" s="2"/>
-      <c r="H139" s="25"/>
+      <c r="H139" s="117"/>
     </row>
     <row r="140" spans="1:8" hidden="1">
       <c r="A140" s="2"/>
       <c r="B140" s="2"/>
       <c r="C140" s="2"/>
       <c r="D140" s="2"/>
       <c r="E140" s="2"/>
       <c r="F140" s="2"/>
       <c r="G140" s="2"/>
-      <c r="H140" s="25"/>
+      <c r="H140" s="117"/>
     </row>
     <row r="141" spans="1:8" hidden="1">
       <c r="A141" s="2"/>
       <c r="B141" s="2"/>
       <c r="C141" s="2"/>
       <c r="D141" s="2"/>
       <c r="E141" s="2"/>
       <c r="F141" s="2"/>
       <c r="G141" s="2"/>
-      <c r="H141" s="25"/>
+      <c r="H141" s="117"/>
     </row>
     <row r="142" spans="1:8" hidden="1">
       <c r="A142" s="2"/>
       <c r="B142" s="2"/>
       <c r="C142" s="2"/>
       <c r="D142" s="2"/>
       <c r="E142" s="2"/>
       <c r="F142" s="2"/>
       <c r="G142" s="2"/>
-      <c r="H142" s="25"/>
+      <c r="H142" s="117"/>
     </row>
     <row r="143" spans="1:8" hidden="1">
       <c r="A143" s="2"/>
       <c r="B143" s="2"/>
       <c r="C143" s="2"/>
       <c r="D143" s="2"/>
       <c r="E143" s="2"/>
       <c r="F143" s="2"/>
       <c r="G143" s="2"/>
-      <c r="H143" s="25"/>
+      <c r="H143" s="117"/>
     </row>
     <row r="144" spans="1:8" hidden="1">
       <c r="A144" s="2"/>
       <c r="B144" s="2"/>
       <c r="C144" s="2"/>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
       <c r="F144" s="2"/>
       <c r="G144" s="2"/>
-      <c r="H144" s="25"/>
+      <c r="H144" s="117"/>
     </row>
     <row r="145" spans="1:8" hidden="1">
       <c r="A145" s="2"/>
       <c r="B145" s="2"/>
       <c r="C145" s="2"/>
       <c r="D145" s="2"/>
       <c r="E145" s="2"/>
       <c r="F145" s="2"/>
       <c r="G145" s="2"/>
-      <c r="H145" s="25"/>
+      <c r="H145" s="117"/>
     </row>
     <row r="146" spans="1:8" hidden="1">
       <c r="A146" s="2"/>
       <c r="B146" s="2"/>
       <c r="C146" s="2"/>
       <c r="D146" s="2"/>
       <c r="E146" s="2"/>
       <c r="F146" s="2"/>
       <c r="G146" s="2"/>
-      <c r="H146" s="25"/>
+      <c r="H146" s="117"/>
     </row>
     <row r="147" spans="1:8" hidden="1">
       <c r="A147" s="2"/>
       <c r="B147" s="2"/>
       <c r="C147" s="2"/>
       <c r="D147" s="2"/>
       <c r="E147" s="2"/>
       <c r="F147" s="2"/>
       <c r="G147" s="2"/>
-      <c r="H147" s="25"/>
+      <c r="H147" s="117"/>
     </row>
     <row r="148" spans="1:8" hidden="1">
       <c r="A148" s="2"/>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2"/>
-      <c r="H148" s="25"/>
+      <c r="H148" s="117"/>
     </row>
     <row r="149" spans="1:8" hidden="1">
       <c r="A149" s="2"/>
       <c r="B149" s="2"/>
       <c r="C149" s="2"/>
       <c r="D149" s="2"/>
       <c r="E149" s="2"/>
       <c r="F149" s="2"/>
       <c r="G149" s="2"/>
-      <c r="H149" s="25"/>
+      <c r="H149" s="117"/>
     </row>
     <row r="150" spans="1:8" hidden="1">
       <c r="A150" s="2"/>
       <c r="B150" s="2"/>
       <c r="C150" s="2"/>
       <c r="D150" s="2"/>
       <c r="E150" s="2"/>
       <c r="F150" s="2"/>
       <c r="G150" s="2"/>
-      <c r="H150" s="25"/>
+      <c r="H150" s="117"/>
     </row>
     <row r="151" spans="1:8" hidden="1">
       <c r="A151" s="2"/>
       <c r="B151" s="2"/>
       <c r="C151" s="2"/>
       <c r="D151" s="2"/>
       <c r="E151" s="2"/>
       <c r="F151" s="2"/>
       <c r="G151" s="2"/>
-      <c r="H151" s="25"/>
+      <c r="H151" s="117"/>
     </row>
     <row r="152" spans="1:8" hidden="1">
       <c r="A152" s="2"/>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
-      <c r="H152" s="25"/>
+      <c r="H152" s="117"/>
     </row>
     <row r="153" spans="1:8" hidden="1">
       <c r="A153" s="2"/>
       <c r="B153" s="2"/>
       <c r="C153" s="2"/>
       <c r="D153" s="2"/>
       <c r="E153" s="2"/>
       <c r="F153" s="2"/>
       <c r="G153" s="2"/>
-      <c r="H153" s="25"/>
+      <c r="H153" s="117"/>
     </row>
     <row r="154" spans="1:8" hidden="1">
       <c r="A154" s="2"/>
       <c r="B154" s="2"/>
       <c r="C154" s="2"/>
       <c r="D154" s="2"/>
       <c r="E154" s="2"/>
       <c r="F154" s="2"/>
       <c r="G154" s="2"/>
-      <c r="H154" s="25"/>
+      <c r="H154" s="117"/>
     </row>
     <row r="155" spans="1:8" hidden="1">
       <c r="A155" s="2"/>
       <c r="B155" s="2"/>
       <c r="C155" s="2"/>
       <c r="D155" s="2"/>
       <c r="E155" s="2"/>
       <c r="F155" s="2"/>
       <c r="G155" s="2"/>
-      <c r="H155" s="25"/>
+      <c r="H155" s="117"/>
     </row>
     <row r="156" spans="1:8" hidden="1">
       <c r="A156" s="2"/>
       <c r="B156" s="2"/>
       <c r="C156" s="2"/>
       <c r="D156" s="2"/>
       <c r="E156" s="2"/>
       <c r="F156" s="2"/>
       <c r="G156" s="2"/>
-      <c r="H156" s="25"/>
+      <c r="H156" s="117"/>
     </row>
     <row r="157" spans="1:8" hidden="1">
       <c r="A157" s="2"/>
       <c r="B157" s="2"/>
       <c r="C157" s="2"/>
       <c r="D157" s="2"/>
       <c r="E157" s="2"/>
       <c r="F157" s="2"/>
       <c r="G157" s="2"/>
-      <c r="H157" s="25"/>
+      <c r="H157" s="117"/>
     </row>
     <row r="158" spans="1:8" hidden="1">
       <c r="A158" s="2"/>
       <c r="B158" s="2"/>
       <c r="C158" s="2"/>
       <c r="D158" s="2"/>
       <c r="E158" s="2"/>
       <c r="F158" s="2"/>
       <c r="G158" s="2"/>
-      <c r="H158" s="25"/>
+      <c r="H158" s="117"/>
     </row>
     <row r="159" spans="1:8" hidden="1">
       <c r="A159" s="2"/>
       <c r="B159" s="2"/>
       <c r="C159" s="2"/>
       <c r="D159" s="2"/>
       <c r="E159" s="2"/>
       <c r="F159" s="2"/>
       <c r="G159" s="2"/>
-      <c r="H159" s="25"/>
+      <c r="H159" s="117"/>
     </row>
     <row r="160" spans="1:8" hidden="1">
       <c r="A160" s="2"/>
       <c r="B160" s="2"/>
       <c r="C160" s="2"/>
       <c r="D160" s="2"/>
       <c r="E160" s="2"/>
       <c r="F160" s="2"/>
       <c r="G160" s="2"/>
-      <c r="H160" s="25"/>
+      <c r="H160" s="117"/>
     </row>
     <row r="161" spans="1:8" hidden="1">
       <c r="A161" s="2"/>
       <c r="B161" s="2"/>
       <c r="C161" s="2"/>
       <c r="D161" s="2"/>
       <c r="E161" s="2"/>
       <c r="F161" s="2"/>
       <c r="G161" s="2"/>
-      <c r="H161" s="25"/>
+      <c r="H161" s="117"/>
     </row>
     <row r="162" spans="1:8" hidden="1">
       <c r="A162" s="2"/>
       <c r="B162" s="2"/>
       <c r="C162" s="2"/>
       <c r="D162" s="2"/>
       <c r="E162" s="2"/>
       <c r="F162" s="2"/>
       <c r="G162" s="2"/>
-      <c r="H162" s="25"/>
+      <c r="H162" s="117"/>
     </row>
     <row r="163" spans="1:8" hidden="1">
       <c r="A163" s="2"/>
       <c r="B163" s="2"/>
       <c r="C163" s="2"/>
       <c r="D163" s="2"/>
       <c r="E163" s="2"/>
       <c r="F163" s="2"/>
       <c r="G163" s="2"/>
-      <c r="H163" s="25"/>
+      <c r="H163" s="117"/>
     </row>
     <row r="164" spans="1:8" hidden="1">
       <c r="A164" s="2"/>
       <c r="B164" s="2"/>
       <c r="C164" s="2"/>
       <c r="D164" s="2"/>
       <c r="E164" s="2"/>
       <c r="F164" s="2"/>
       <c r="G164" s="2"/>
-      <c r="H164" s="25"/>
+      <c r="H164" s="117"/>
     </row>
     <row r="165" spans="1:8" hidden="1">
       <c r="A165" s="2"/>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
-      <c r="H165" s="25"/>
+      <c r="H165" s="117"/>
     </row>
     <row r="166" spans="1:8" hidden="1">
       <c r="A166" s="2"/>
       <c r="B166" s="2"/>
       <c r="C166" s="2"/>
       <c r="D166" s="2"/>
       <c r="E166" s="2"/>
       <c r="F166" s="2"/>
       <c r="G166" s="2"/>
-      <c r="H166" s="25"/>
+      <c r="H166" s="117"/>
     </row>
     <row r="167" spans="1:8" hidden="1">
       <c r="A167" s="2"/>
       <c r="B167" s="2"/>
       <c r="C167" s="2"/>
       <c r="D167" s="2"/>
       <c r="E167" s="2"/>
       <c r="F167" s="2"/>
       <c r="G167" s="2"/>
-      <c r="H167" s="25"/>
+      <c r="H167" s="117"/>
     </row>
     <row r="168" spans="1:8" hidden="1">
       <c r="A168" s="2"/>
       <c r="B168" s="2"/>
       <c r="C168" s="2"/>
       <c r="D168" s="2"/>
       <c r="E168" s="2"/>
       <c r="F168" s="2"/>
       <c r="G168" s="2"/>
-      <c r="H168" s="25"/>
+      <c r="H168" s="117"/>
     </row>
     <row r="169" spans="1:8" hidden="1">
       <c r="A169" s="2"/>
       <c r="B169" s="2"/>
       <c r="C169" s="2"/>
       <c r="D169" s="2"/>
       <c r="E169" s="2"/>
       <c r="F169" s="2"/>
       <c r="G169" s="2"/>
-      <c r="H169" s="25"/>
+      <c r="H169" s="117"/>
     </row>
     <row r="170" spans="1:8" hidden="1">
       <c r="A170" s="2"/>
       <c r="B170" s="2"/>
       <c r="C170" s="2"/>
       <c r="D170" s="2"/>
       <c r="E170" s="2"/>
       <c r="F170" s="2"/>
       <c r="G170" s="2"/>
-      <c r="H170" s="25"/>
+      <c r="H170" s="117"/>
     </row>
     <row r="171" spans="1:8" hidden="1">
       <c r="A171" s="2"/>
       <c r="B171" s="2"/>
       <c r="C171" s="2"/>
       <c r="D171" s="2"/>
       <c r="E171" s="2"/>
       <c r="F171" s="2"/>
       <c r="G171" s="2"/>
-      <c r="H171" s="26"/>
-[...41 lines deleted...]
-    <row r="212" hidden="1"/>
+      <c r="H171" s="118"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="BZhNqXXQcEnlpRRrKC4kXtt657sNuX34rDSLU+tKnzJYmBgrSfsS3xN995Wkv5GaSesEomZiDxAARB2CdbZDcw==" saltValue="t26gxpdg9bNXH33eqzyMag==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="uqxGI4Hp7IEb96hXZ1Z2rZ0I+9f97dAyEH/MNYzBMoHAmp6aGvSggqbr5dWZheGjuyMWmOWBRUaYmNcZ87m+EQ==" saltValue="VRAu8WaLHwKhriyBl/cg5A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <customSheetViews>
     <customSheetView guid="{E27A5590-77A5-4F7C-B0F4-F559BF8605DD}" showPageBreaks="1" printArea="1" view="pageLayout">
       <selection activeCell="E5" sqref="E5"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
       <headerFooter>
         <oddHeader>&amp;L&amp;"Arial,Fett"&amp;12Hinweise zur Einstufung von Abfällen in Bayern&amp;R&amp;"Arial,Fett"Stand 01/2019</oddHeader>
         <oddFooter>&amp;L©Zentrale Stelle Abfallüberwachung (ZSA), LfU Bayern 2019</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="1">
     <mergeCell ref="B21:B22"/>
   </mergeCells>
   <conditionalFormatting sqref="B121">
-    <cfRule type="containsText" dxfId="89" priority="218" operator="containsText" text="nicht gefährlicher Abfall">
+    <cfRule type="containsText" dxfId="66" priority="219" operator="containsText" text="gefährlicher Abfall">
+      <formula>NOT(ISERROR(SEARCH("gefährlicher Abfall",B121)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="65" priority="218" operator="containsText" text="nicht gefährlicher Abfall">
       <formula>NOT(ISERROR(SEARCH("nicht gefährlicher Abfall",B121)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="88" priority="219" operator="containsText" text="gefährlicher Abfall">
-[...2 lines deleted...]
-    <cfRule type="containsText" dxfId="87" priority="220" operator="containsText" text="OK">
+    <cfRule type="containsText" dxfId="64" priority="220" operator="containsText" text="OK">
       <formula>NOT(ISERROR(SEARCH("OK",B121)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F17">
-    <cfRule type="containsText" dxfId="86" priority="68" operator="containsText" text="HP 7 eingehalten">
+  <conditionalFormatting sqref="F17:F19">
+    <cfRule type="containsText" dxfId="63" priority="67" operator="containsText" text="HP 7 eingehalten">
       <formula>NOT(ISERROR(SEARCH("HP 7 eingehalten",F17)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F17:F20">
-    <cfRule type="containsText" dxfId="85" priority="216" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
+    <cfRule type="containsText" dxfId="62" priority="216" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
       <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7 überschritten",F17)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F18:F19">
+    <cfRule type="containsText" dxfId="61" priority="170" operator="containsText" text="Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen">
+      <formula>NOT(ISERROR(SEARCH("Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen",F18)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F19">
+    <cfRule type="containsText" dxfId="60" priority="45" operator="containsText" text="HP 7 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 7 eingehalten",F19)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="59" priority="46" operator="containsText" text="Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen">
+      <formula>NOT(ISERROR(SEARCH("Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen",F19)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F19:F20">
+    <cfRule type="containsText" dxfId="58" priority="63" operator="containsText" text="Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen">
+      <formula>NOT(ISERROR(SEARCH("Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen",F19)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="57" priority="62" operator="containsText" text="HP 7 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 7 eingehalten",F19)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F21">
+    <cfRule type="containsText" dxfId="56" priority="1" operator="containsText" text="HP 7 und Berücksichtigungsgrenzwert HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 7 und Berücksichtigungsgrenzwert HP 14 eingehalten",F21)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="55" priority="167" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7 überschritten",F21)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F22">
+    <cfRule type="containsText" dxfId="54" priority="29" operator="containsText" text="HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 14 eingehalten",F22)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="53" priority="30" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F22)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F23">
+    <cfRule type="containsText" dxfId="52" priority="123" operator="containsText" text="Gefährlichkeitskriterium HP 7, HP 11 und HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7, HP 11 und HP 14 überschritten",F23)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="51" priority="69" operator="containsText" text="HP 7, HP 11 und Berücksichtigungsgrenzwert HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 7, HP 11 und Berücksichtigungsgrenzwert HP 14 eingehalten",F23)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F33:F46">
-    <cfRule type="containsText" dxfId="84" priority="176" operator="containsText" text="HP 15 eingehalten">
+    <cfRule type="containsText" dxfId="50" priority="212" operator="containsText" text="Gefährlichkeitskriterium HP 15 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 15 überschritten",F33)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="49" priority="176" operator="containsText" text="HP 15 eingehalten">
       <formula>NOT(ISERROR(SEARCH("HP 15 eingehalten",F33)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="83" priority="212" operator="containsText" text="Gefährlichkeitskriterium HP 15 überschritten">
-[...1 lines deleted...]
-    </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F50">
-    <cfRule type="containsText" dxfId="82" priority="61" operator="containsText" text="HP 7 eingehalten">
+  <conditionalFormatting sqref="F50:F52">
+    <cfRule type="containsText" dxfId="48" priority="57" operator="containsText" text="HP 7 eingehalten">
       <formula>NOT(ISERROR(SEARCH("HP 7 eingehalten",F50)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="81" priority="203" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
+    <cfRule type="containsText" dxfId="47" priority="58" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
       <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7 überschritten",F50)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F53">
+    <cfRule type="containsText" dxfId="46" priority="28" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F53)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="45" priority="27" operator="containsText" text="HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 14 eingehalten",F53)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F54:F56">
+    <cfRule type="containsText" dxfId="44" priority="51" operator="containsText" text="HP 7 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 7 eingehalten",F54)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="43" priority="52" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7 überschritten",F54)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F57">
+    <cfRule type="containsText" dxfId="42" priority="25" operator="containsText" text="HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 14 eingehalten",F57)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="41" priority="26" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F57)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F58">
+    <cfRule type="containsText" dxfId="40" priority="50" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7 überschritten",F58)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="39" priority="49" operator="containsText" text="HP 7 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 7 eingehalten",F58)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F59:F61">
+    <cfRule type="containsText" dxfId="38" priority="20" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F59)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="37" priority="19" operator="containsText" text="HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 14 eingehalten",F59)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F62">
+    <cfRule type="containsText" dxfId="36" priority="76" operator="containsText" text="Gefährlichkeitskriterium HP 6 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 6 überschritten",F62)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="35" priority="178" operator="containsText" text="HP 6 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 6 eingehalten",F62)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F63">
+    <cfRule type="containsText" dxfId="34" priority="48" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7 überschritten",F63)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="33" priority="47" operator="containsText" text="HP 5 und HP 11 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 5 und HP 11 eingehalten",F63)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F64">
+    <cfRule type="containsText" dxfId="32" priority="18" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F64)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="31" priority="17" operator="containsText" text="HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 14 eingehalten",F64)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F66">
+    <cfRule type="containsText" dxfId="30" priority="183" operator="containsText" text="Gefährlichkeitskriterium HP 7 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7 überschritten",F66)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="29" priority="182" operator="containsText" text="Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen">
+      <formula>NOT(ISERROR(SEARCH("Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen",F66)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="28" priority="181" operator="containsText" text="gefährlicher Abfall">
+      <formula>NOT(ISERROR(SEARCH("gefährlicher Abfall",F66)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="27" priority="180" operator="containsText" text="nicht gefährlicher Abfall">
+      <formula>NOT(ISERROR(SEARCH("nicht gefährlicher Abfall",F66)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F74:F88">
-    <cfRule type="containsText" dxfId="80" priority="172" operator="containsText" text="kein POP-Abfall">
+    <cfRule type="containsText" dxfId="26" priority="172" operator="containsText" text="kein POP-Abfall">
       <formula>NOT(ISERROR(SEARCH("kein POP-Abfall",F74)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="79" priority="194" operator="containsText" text="gefährlicher Abfall nach EU-POP-Verordnung">
+    <cfRule type="containsText" dxfId="25" priority="194" operator="containsText" text="gefährlicher Abfall nach EU-POP-Verordnung">
       <formula>NOT(ISERROR(SEARCH("gefährlicher Abfall nach EU-POP-Verordnung",F74)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F85">
-    <cfRule type="containsText" dxfId="78" priority="187" operator="containsText" text="Einstufung als POP-Abfall nach hot-spot im Einzelfall prüfen">
+    <cfRule type="containsText" dxfId="24" priority="187" operator="containsText" text="Einstufung als POP-Abfall nach hot-spot im Einzelfall prüfen">
       <formula>NOT(ISERROR(SEARCH("Einstufung als POP-Abfall nach hot-spot im Einzelfall prüfen",F85)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="77" priority="188" operator="containsText" text="Einstufung als POP-Abfall nach hot-spot prüfen">
+    <cfRule type="containsText" dxfId="23" priority="188" operator="containsText" text="Einstufung als POP-Abfall nach hot-spot prüfen">
       <formula>NOT(ISERROR(SEARCH("Einstufung als POP-Abfall nach hot-spot prüfen",F85)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="76" priority="189" operator="containsText" text="Einstufung als POP-Abfall nach hot-spot prüfen">
+    <cfRule type="containsText" dxfId="22" priority="189" operator="containsText" text="Einstufung als POP-Abfall nach hot-spot prüfen">
       <formula>NOT(ISERROR(SEARCH("Einstufung als POP-Abfall nach hot-spot prüfen",F85)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F19">
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Einstufung als gefährlicher Abfall nach hot-spot im Einzelfall prüfen",F19)))</formula>
+  <conditionalFormatting sqref="F99:F100">
+    <cfRule type="containsText" dxfId="21" priority="3" operator="containsText" text="HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 14 eingehalten",F99)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="20" priority="4" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F99)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F66">
-[...34 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 7, HP 11 und HP 14 überschritten",F23)))</formula>
+  <conditionalFormatting sqref="F101">
+    <cfRule type="containsText" dxfId="19" priority="2" operator="containsText" text="HP 6 und Berücksichtigungsgrenzwert HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 6 und Berücksichtigungsgrenzwert HP 14 eingehalten",F101)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="18" priority="14" operator="containsText" text="Gefährlichkeitskriterium HP 6 und HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 6 und HP 14 überschritten",F101)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F102">
-    <cfRule type="containsText" dxfId="64" priority="103" operator="containsText" text="Gefährlichkeitskriterium HP 10 überschritten">
+    <cfRule type="containsText" dxfId="17" priority="102" operator="containsText" text="HP 10 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 10 eingehalten",F102)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="16" priority="103" operator="containsText" text="Gefährlichkeitskriterium HP 10 überschritten">
       <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 10 überschritten",F102)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F102">
-[...1 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("HP 10 eingehalten",F102)))</formula>
+  <conditionalFormatting sqref="F103:F104">
+    <cfRule type="containsText" dxfId="15" priority="9" operator="containsText" text="HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 14 eingehalten",F103)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="14" priority="10" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F103)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F105">
+    <cfRule type="containsText" dxfId="13" priority="78" operator="containsText" text="HP 4 und HP 5 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 4 und HP 5 eingehalten",F105)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="12" priority="79" operator="containsText" text="Gefährlichkeitskriterium HP 4 und HP 5 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 4 und HP 5 überschritten",F105)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F106">
+    <cfRule type="containsText" dxfId="11" priority="44" operator="containsText" text="Gefährlichkeitskriterium HP 13 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 13 überschritten",F106)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="10" priority="43" operator="containsText" text="HP 13 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 13 eingehalten",F106)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F107">
+    <cfRule type="containsText" dxfId="9" priority="85" operator="containsText" text="Gefährlichkeitskriterium HP 10 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 10 überschritten",F107)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="8" priority="84" operator="containsText" text="HP 10 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 10 eingehalten",F107)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F108">
-    <cfRule type="containsText" dxfId="62" priority="93" operator="containsText" text="Gefährlichkeitskriterium HP 4 und HP 5 überschritten">
+    <cfRule type="containsText" dxfId="7" priority="93" operator="containsText" text="Gefährlichkeitskriterium HP 4 und HP 5 überschritten">
       <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 4 und HP 5 überschritten",F108)))</formula>
     </cfRule>
-  </conditionalFormatting>
-[...1 lines deleted...]
-    <cfRule type="containsText" dxfId="61" priority="92" operator="containsText" text="HP 4 und HP 5 eingehalten">
+    <cfRule type="containsText" dxfId="6" priority="92" operator="containsText" text="HP 4 und HP 5 eingehalten">
       <formula>NOT(ISERROR(SEARCH("HP 4 und HP 5 eingehalten",F108)))</formula>
-    </cfRule>
-[...8 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("HP 10 eingehalten",F107)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F109">
-    <cfRule type="containsText" dxfId="58" priority="83" operator="containsText" text="Gefährlichkeitskriterium HP 10 überschritten">
+    <cfRule type="containsText" dxfId="5" priority="83" operator="containsText" text="Gefährlichkeitskriterium HP 10 überschritten">
       <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 10 überschritten",F109)))</formula>
     </cfRule>
+    <cfRule type="containsText" dxfId="4" priority="82" operator="containsText" text="HP 10 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 10 eingehalten",F109)))</formula>
+    </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F109">
-[...11 lines deleted...]
-      <formula>NOT(ISERROR(SEARCH("HP 4 und HP 5 eingehalten",F105)))</formula>
+  <conditionalFormatting sqref="F110:F111">
+    <cfRule type="containsText" dxfId="3" priority="6" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F110)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="2" priority="5" operator="containsText" text="HP 14 eingehalten">
+      <formula>NOT(ISERROR(SEARCH("HP 14 eingehalten",F110)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F115">
-    <cfRule type="containsText" dxfId="54" priority="173" operator="containsText" text="Gefährlichkeitskriterium HP 14 eingehalten">
+    <cfRule type="containsText" dxfId="1" priority="214" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
+      <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 überschritten",F115)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="0" priority="173" operator="containsText" text="Gefährlichkeitskriterium HP 14 eingehalten">
       <formula>NOT(ISERROR(SEARCH("Gefährlichkeitskriterium HP 14 eingehalten",F115)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="53" priority="214" operator="containsText" text="Gefährlichkeitskriterium HP 14 überschritten">
-[...1 lines deleted...]
-    </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F62">
-[...241 lines deleted...]
-    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="nur Eingabe ganzer Zahlen möglich" sqref="E50:E64 E17:E24">
+  <dataValidations disablePrompts="1" xWindow="711" yWindow="469" count="9">
+    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="nur Eingabe ganzer Zahlen möglich" sqref="E50:E64 E17:E24" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>1</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E40 E37">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E40 E37" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>0.05</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E43:E44">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E43:E44" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>0.1</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E41 E38 E35:E36">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E41 E38 E35:E36" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>0.01</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E39 E45:E46">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E39 E45:E46" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>0.0001</formula1>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="nur Eingabe ganzer Zahlen möglich" sqref="E74:E88 E66 E99:E111">
+    <dataValidation type="whole" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="nur Eingabe ganzer Zahlen möglich" sqref="E74:E88 E66 E99:E111" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E34">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E34" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>0.001</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="nur Eingabe ganzer Zahlen möglich" sqref="E42">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="nur Eingabe ganzer Zahlen möglich" sqref="E42" xr:uid="{00000000-0002-0000-0000-000007000000}">
       <formula1>0.5</formula1>
     </dataValidation>
-    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" error="nur Eingabe ganzer Zahlen möglich" sqref="E33">
+    <dataValidation type="decimal" operator="greaterThan" allowBlank="1" showInputMessage="1" error="nur Eingabe ganzer Zahlen möglich" sqref="E33" xr:uid="{00000000-0002-0000-0000-000008000000}">
       <formula1>0.1</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.59055118110236227" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="48" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L&amp;"Arial,Standard"&amp;10
 &amp;R&amp;"Arial,Fett" </oddHeader>
     <oddFooter xml:space="preserve">&amp;L&amp;K000000
 </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="93" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="H19 H57:H58 H53 F19 H22 H63 H108 H102" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>Auswerteroutine!Druckbereich</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Tabelle1</vt:lpstr>
+      <vt:lpstr>Tabelle1!_ftn1</vt:lpstr>
+      <vt:lpstr>Tabelle1!_ftnref1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Benutzerservice der Behörden im GB UV</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Auswerteroutine Bestimmung gefährlicher Abfälle</dc:title>
-  <dc:creator>Silvia.Venema@lubw.bwl.de;LUBW</dc:creator>
+  <dc:creator>Kohl Jürgen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>